--- v0 (2025-12-07)
+++ v1 (2026-03-24)
@@ -51,189 +51,189 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei </t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMORTIZAÇÃO DO PASSIVO ATUARIAL DO REGIME PRÓPRIO DE PREVIDÊNCIA DOS SERVIDORES MUNICIPAIS - RPPS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DE ÁREAS VERDES PÚBLICAS NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/3/3_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/3/3_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA CARGOS EFETIVOS NO ÂMBITO DO EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA AS LEIS MUNICIPAIS Nº 713, DE 14 DE JANEIRO DE 2002 E 1.059, DE 17 DE JUNHO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE DEFESA CIVIL &amp;#8211; FUNDEC E A COORDENADORIA MUNICIPAL DE DEFESA CIVIL &amp;#8211; COMDEC DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE SERVIDOR PARA O CARGO DE SERVIÇOS GERAIS PARA SUPRIR NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE SERVIDOR PARA O CARGO DE MOTORISTA PARA SUPRIR NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA O ART. 1° DA LEI MUNICIPAL N° 1.284, DE 22 DE FEVEREIRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RENOVAR A VIGÊNCIA DE CONTRATO ADMINISTRATIVO DE PESSOAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL Nº 241, DE 24 DE SETEMBRO DE 1993, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA CARGO EFETIVO NO ÂMBITO DO EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO APRESENTADO, DE ACORDO COM O ART. 23 DO REGIMENTO INTERNO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -540,68 +540,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/3/3_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/3/3_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="182.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>