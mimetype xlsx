--- v0 (2025-12-07)
+++ v1 (2026-03-24)
@@ -51,1778 +51,1778 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/124/emenda_aditiva_01-2022-_ao_projeto_de_lei_no_118-2021.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/124/emenda_aditiva_01-2022-_ao_projeto_de_lei_no_118-2021.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA N° 01 AO PROJETO DE LEI Nº 118/2021, QUE INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O ANO DE 2022.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/125/emenda_aditiva_02-2022-_ao_projeto_de_lei_no_118-2021_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/125/emenda_aditiva_02-2022-_ao_projeto_de_lei_no_118-2021_-_copia.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA N° 02 AO PROJETO DE LEI Nº 118/2021, QUE INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O ANO DE 2022.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N° 01 AO PROJETO DE LEI Nº 54 DE 13 DE JULHO DE 2022, MODIFICA A REDAÇÃO DO ARTIGO 1º DO PROJETO DE LEI Nº 54.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CPU - COMISSÃO PERMANENTE ÚNICA</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N° 02 AO PROJETO DE LEI Nº 78 DE 28 DE SETEMBRO DE 2022, MODIFICA A REDAÇÃO DO ARTIGO 9º DO PROJETO DE LEI Nº 78.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/225/emenda_modificativa_no_03_ao_pl_79-2021_-_programa_de_desenvolvimento_da_irrigacao.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/225/emenda_modificativa_no_03_ao_pl_79-2021_-_programa_de_desenvolvimento_da_irrigacao.doc</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N° 03 AO PROJETO DE LEI Nº 79 DE 29 DE SETEMBRO DE 2022, MODIFICA A REDAÇÃO DO ARTIGO 12 DO PROJETO DE LEI Nº 79.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/228/emenda_aditiva_03-2022-_ao_projeto_de_lei_no_95-2022.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/228/emenda_aditiva_03-2022-_ao_projeto_de_lei_no_95-2022.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA E MODIFICATIVA N° 01/2022 AO PROJETO DE LEI Nº 95/2022.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL E CONCEDE AUMENTO AOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO, DETENTORES DE CARGO DE PROVIMENTO EFETIVO, CARGOS EM COMISSÃO, CONTRATADOS, CELETISTAS, INATIVOS E PENSIONISTAS, NOS TERMOS DO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL DE 1988, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_de_iniciativa_no_002_-_2022_-_nome_de_praca.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_de_iniciativa_no_002_-_2022_-_nome_de_praca.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA DENOMINAÇÃO DA “PRAÇA UNIÃO” PARA “PRAÇA CENTRAL MAURO JOSÉ LOVATO”.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/156/projeto_de_lei_de_iniciativa_no_003_-_2022__regularizacao_ou_a_retirada_de_fiacao_inutilizada_ou_em_desuso_em_vias_publicas.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/156/projeto_de_lei_de_iniciativa_no_003_-_2022__regularizacao_ou_a_retirada_de_fiacao_inutilizada_ou_em_desuso_em_vias_publicas.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE A EMPRESA CONCESSIONÁRIA DE SERVIÇO PÚBLICO DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA E DEMAIS EMPRESAS OCUPANTES DE SUA INFRAESTRUTURA PROMOVER A REGULARIZAÇÃO OU A RETIRADA DE FIAÇÃO INUTILIZADA OU EM DESUSO EM VIAS PÚBLICAS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_de_iniciativa_no_004_-_2022_-_nome_de_praca.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_de_iniciativa_no_004_-_2022_-_nome_de_praca.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA PÚBLICA LOCALIZADA NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL-RS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_de_iniciativa_no_005_-_2022_-_padronizacao_dos_bens_publicos.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_de_iniciativa_no_005_-_2022_-_padronizacao_dos_bens_publicos.doc</t>
   </si>
   <si>
     <t>REGULAMENTA A IDENTIFICAÇÃO DE VEÍCULOS, UNIFORMES E CRACHÁS, FACHADAS DE PRÉDIOS PÚBLICOS, DOCUMENTOS E MATERIAIS DE EXPEDIENTE COM LOGOMARCAS, SLOGANS, CORES OU QUAISQUER OUTROS SÍMBOLOS QUE IDENTIFIQUEM GESTÕES ADMINISTRATIVAS.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_de_iniciativa_no_006_-_2022_-_kit_escolar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_de_iniciativa_no_006_-_2022_-_kit_escolar.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO NO ÂMBITO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL DO PROJETO DE DISTRIBUIÇÃO ANUAL DE KITS DE MATERIAL ESCOLAR, NAS ESCOLAS DA REDE MUNICIPAL DE EDUCAÇÃO, ÀS FAMÍLIAS BENEFICIADAS NO CADASTRO ÚNICO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_de_iniciativa_no_007_-_2022_-_homenagem_a_servidores.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_de_iniciativa_no_007_-_2022_-_homenagem_a_servidores.doc</t>
   </si>
   <si>
     <t>INSTITUI A MEDALHA LEGISLATIVA AO MÉRITO AO SERVIDOR PÚBLICO MUNICIPAL COMO AGRADECIMENTO E RECONHECIMENTO PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, ESTABELECE NORMAS PARA A ENTREGA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_de_iniciativa_no_008-_2022_-_nome_de_rua.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_de_iniciativa_no_008-_2022_-_nome_de_rua.doc</t>
   </si>
   <si>
     <t>DENOMINA DE “ODORICO ZAMBELI” A VIA COMPREENDIDA ENTRE AS RUAS REDENZIO FRIZZO E RUA JOSÉ MUNARETO, LOCALIZADA NO BAIRRO JARDIM DAS HORTÊNSIAS NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL-RS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_de_lei_de_iniciativa_no_009_-_2022_-_placas.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_de_lei_de_iniciativa_no_009_-_2022_-_placas.doc</t>
   </si>
   <si>
     <t>REGULAMENTA A IDENTIFICAÇÃO DAS PLACAS DENOMINATIVAS DE LOGRADOUROS PÚBLICOS COM A DEFERÊNCIA À PESSOA OU FATO QUE ORIGINOU A HOMENAGEM NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/227/projeto_de_lei_de_iniciativa_no_010_-_2022_-_ambiental.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/227/projeto_de_lei_de_iniciativa_no_010_-_2022_-_ambiental.doc</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO AMIGO DO MEIO AMBIENTE E ESTABELECE NORMAS PARA A OUTORGA NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Partido Democrático Trabalhista</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/258/projeto_de_lei_de_iniciativa_no_011-_2022_-_cultura_gaucha.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/258/projeto_de_lei_de_iniciativa_no_011-_2022_-_cultura_gaucha.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI DE INICIATIVA Nº 11, DE 15 DE DEZEMBRO DE 2022. “INCLUI O CONTEÚDO SOBRE A CULTURA TRADICIONALISTA GAÚCHA NAS ESCOLAS PÚBLICAS DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL /RS, E DA OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Progressistas</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/259/projeto_de_lei_de_iniciativa_no_012_-_2022_-_dezembro_laranja.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/259/projeto_de_lei_de_iniciativa_no_012_-_2022_-_dezembro_laranja.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI DE INICIATIVA Nº 12, DE 15 DE DEZEMBRO DE 2022. INSTITUI O "DEZEMBRO LARANJA COMO MÊS DE CONSCIENTIZAÇÃO CONTRA O CÂNCER DE PELE" NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/381/parecer_juridico_-_01-2022_-_pregao_eletronico_no_25-2021.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/381/parecer_juridico_-_01-2022_-_pregao_eletronico_no_25-2021.doc</t>
   </si>
   <si>
     <t>Aquisição de Combustíveis e Óleos Lubrificantes, Conforme Demanda, aos Veículos e Máquinas Pertencentes aos Poderes Executivo e Legislativo do Município de Nova Esperança do Sul, RS</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/382/parecer_juridico_-_02-2022_-_pregao_eletronico_no_26-2021.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/382/parecer_juridico_-_02-2022_-_pregao_eletronico_no_26-2021.doc</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇOS VISANDO A FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE HIGIENE, LIMPEZA E DESCARTÁVEIS PARA O MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei </t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_n_01_2022_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_n_01_2022_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf</t>
   </si>
   <si>
     <t>ALTERA O NÚMERO DE VAGAS DO CARGO DE PROFESSOR DE EDUCAÇÃO INFANTIL CONSTANTE NO QUADRO ANEXO DO ART. 33 DA LEI N.º 1.633, DE 28 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_de_lei_n_02_2022_altera_o_art_34_caput_da_lei_1_633_de_2016.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_de_lei_n_02_2022_altera_o_art_34_caput_da_lei_1_633_de_2016.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 34, CAPUT, DA LEI N.º 1.633, DE 28 DE JUNHO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_n_03_2022_autoriza_a_contratacao_temporaria_de_tres_monitoras_de_creche.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_n_03_2022_autoriza_a_contratacao_temporaria_de_tres_monitoras_de_creche.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 03 (TRÊS) MONITORES DE CRECHE.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_n_04_2022_autoriza_contrato_temporario_professor_de_ciencias.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_n_04_2022_autoriza_contrato_temporario_professor_de_ciencias.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE CIÊNCIAS, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_n_05_2022_autoriza_contrato_temporario_professor_de_geografia.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_n_05_2022_autoriza_contrato_temporario_professor_de_geografia.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE GEOGRAFIA, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_n_06_2022_autoriza_contrato_temporario_professores.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_n_06_2022_autoriza_contrato_temporario_professores.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE MATEMÁTICA COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, 01 PROFESSOR DE EDUCAÇÃO FÍSICA COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, 01 PROFESSOR DE INGLÊS COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, 01 PROFESSOR DE ARTES COM CARGA HORÁRIA DE 20 HORAS SEMANAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_de_lei_n_07_2022_altera_o_art_7_inc_ii_da_lei_1_130_de_2009_bolsa_estagiarios_nivel_superior.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_de_lei_n_07_2022_altera_o_art_7_inc_ii_da_lei_1_130_de_2009_bolsa_estagiarios_nivel_superior.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 7º, INC. II, ALÍNEA “A”, DA LEI N.º 1.130, DE 14 DE JULHO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_de_lei_n_08_2021_autoriza_a_contratacao_emergencial_de_assistente_social_educacao__1.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_de_lei_n_08_2021_autoriza_a_contratacao_emergencial_de_assistente_social_educacao__1.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 ASSISTENTE SOCIAL, COM CARGA HORÁRIA DE 30 HORAS SEMANAIS PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.”</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_n_09_2022_revisao_geral_anual_executivo_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_n_09_2022_revisao_geral_anual_executivo_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL A SER CONCEDIDA AOS SERVIDORES PÚBLICOS MUNICIPAIS RELATIVA AO ANO DE 2022.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_n_10_2022_reajuste_agentes_politicos.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_n_10_2022_reajuste_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL AOS OCUPANTES DOS CARGOS ELETIVOS DE PREFEITO, VICE-PREFEITO, VEREADORES E SECRETÁRIOS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_n_11_2022_reajuste_vale_alimentacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_n_11_2022_reajuste_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 3° DA LEI MUNICIPAL No 730, DE 27 DE JUNHO DE 2002.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_n_12_2022_autoriza_a_contratacao_emergencial_de_arquivista.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_n_12_2022_autoriza_a_contratacao_emergencial_de_arquivista.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 ARQUIVISTA, COM CARGA HORÁRIA DE 40 HORAS SEMANAIS PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E GESTÃO.”</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_n_13_2022_autoriza_permuta_entre_professores.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_n_13_2022_autoriza_permuta_entre_professores.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A PERMUTA ENTRE PROFESSORES DA REDE MUNICIPAL DE ENSINO DE NOVA ESPERANÇA DO SUL COM PROFESSORES LOTADOS NA REDE ESTADUAL DO RIO GRANDE DO SUL E REDES MUNICIPAIS DE OUTROS MUNICÍPIOS.”</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_n_14_2022_autoriza_contrato_temporario_professor_de_educacao_fisica.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_n_14_2022_autoriza_contrato_temporario_professor_de_educacao_fisica.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE EDUCAÇÃO FÍSICA, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_n_15_2022_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_n_15_2022_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf</t>
   </si>
   <si>
     <t>ALTERA O NÚMERO DE VAGAS DO CARGO DE PROFESSOR DE EDUCAÇÃO INFANTIL CONSTANTE NO QUADRO ANEXO DO ART. 33 DA LEI N.o 1.633, DE 28 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_n_16_2022_cria_credito_especial_camara_de_vereadores.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_n_16_2022_cria_credito_especial_camara_de_vereadores.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO MUNICIPAL DO PODER LEGISLATIVO E APONTA RECURSOS.”</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_n_17_2022_altera_o_art_7_inc_ii_da_lei_1_130_de_2009_bolsa_estagiarios_nivel_superior_e_nivel_medio.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_n_17_2022_altera_o_art_7_inc_ii_da_lei_1_130_de_2009_bolsa_estagiarios_nivel_superior_e_nivel_medio.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 7º, INC. I, ALÍNEA “A” E INC. II, ALÍNEA “A”, DA LEI N.º 1.130, DE 14 DE JULHO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE O MUNICÍPIO DE NOVA ESPERANÇA DO SUL E A AGESAN-RS, COM A FINALIDADE DE CONSTITUIR CONSÓRCIO PÚBLICO, DENOMINADO AGÊNCIA REGULADORA INTERMUNICIPAL DE SANEAMENTO (AGESAN-RS).</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/130/projeto_de_lei_n_19_2022_renovacao_de_contrato_professores_1.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/130/projeto_de_lei_n_19_2022_renovacao_de_contrato_professores_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DOS CONTRATOS ADMINISTRATIVOS DE PESSOAL NºS 002/2021, 003/2021, 004/2021, 005/2021 E 030/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_lei_n_20_2022_acrescenta_o_3_ao_art_2_da_lei_1426_2013_bolsa_estudante.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_lei_n_20_2022_acrescenta_o_3_ao_art_2_da_lei_1426_2013_bolsa_estudante.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O § 3º AO ART. 2º DA LEI N.º 1.426, DE 26 DE FEVEREIRO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_n_21_2022_renovacao_de_contrato_de_enfermeira.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_n_21_2022_renovacao_de_contrato_de_enfermeira.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 001/2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_n_22_2022_renovacao_de_contratos.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_n_22_2022_renovacao_de_contratos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DOS CONTRATOS ADMINISTRATIVOS DE PESSOAL NºS 031/2021, 032/2021, 033/2021 E 034/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/151/projeto_de_lei_n_23_2022_altera_dispositivos_do_plano_de_carreira_do_magisterio_lei_1_633_2016_art_21_28_29_35_e_39_ultimo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/151/projeto_de_lei_n_23_2022_altera_dispositivos_do_plano_de_carreira_do_magisterio_lei_1_633_2016_art_21_28_29_35_e_39_ultimo.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N.º 1.633, DE 28 DE JUNHO DE 2016, QUE DISPÕE SOBRE A REESTRUTURAÇÃO E GESTÃO DO PLANO DE CARREIRA DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, ESTADO DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_n_24_2022_autoriza_a_contratacao_emergencial_de_psicopedagoga.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_n_24_2022_autoriza_a_contratacao_emergencial_de_psicopedagoga.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PSICOPEDAGOGA, COM CARGA HORÁRIA DE 40 HORAS SEMANAIS PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.”</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_n_25_2022_refis_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_n_25_2022_refis_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMISSÃO DE JUROS E ANISTIA DA MULTA DAS DÍVIDAS TRIBUTÁRIAS E NÃO TRIBUTÁRIAS INSCRITAS EM DÍVIDA ATIVA, EM COBRANÇA JUDICIAL OU EXTRAJUDICIAL E OUTRAS NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_credito_especial_026_pavimentacao_convenio_mdr_896283.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_credito_especial_026_pavimentacao_convenio_mdr_896283.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_27_2022_altera_codigo_tributario_ctm_iss.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_27_2022_altera_codigo_tributario_ctm_iss.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N.º 811, DE 16 DE DEZEMBRO DE 2003, QUE ESTABELECE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL (RS), CONSOLIDA A LEGISLAÇÃO TRIBUTÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_credito_especial_028_convenio_mapa_901543_e_901743.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_credito_especial_028_convenio_mapa_901543_e_901743.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_n_29_2022_autoriza_a_contratacao_emergencial_de_psicologa.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_n_29_2022_autoriza_a_contratacao_emergencial_de_psicologa.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PSICÓLOGO(A) COM CARGA HORÁRIA DE 20 HORAS SEMANAIS PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.”</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_n_30_2022_autoriza_a_contratacao_emergencial_de_tecnico_agropecuario.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_n_30_2022_autoriza_a_contratacao_emergencial_de_tecnico_agropecuario.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 TÉCNICO EM AGROPECUÁRIA PARA ATUAR JUNTO À SECRETARIA DE AGRICULTURA, PRODUÇÃO ANIMAL E MEIO AMBIENTE .”</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1.940, DE 08 DE FEVEREIRO DE 2022 E O ART. 1º DA LEI MUNICIPAL Nº 1.945, DE 16 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_n_32_2022_autoriza_aumento_de_carga_horaria_psicologa_cras_corridiga.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_n_32_2022_autoriza_aumento_de_carga_horaria_psicologa_cras_corridiga.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1.867, DE 15 DE JUNHO DE 2021.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_n_33_2022_institui_o_concurso_de_escolha_das_soberanas.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_n_33_2022_institui_o_concurso_de_escolha_das_soberanas.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “CONCURSO ESCOLHA DAS SOBERANAS - RAINHA E PRINCESAS DO MUNICIPIO DE NOVA ESPERANÇA DO SUL PARA O TRIÊNIO 2022/2024”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_n_34_2022_renovacao_de_contratos.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_n_34_2022_renovacao_de_contratos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DOS CONTRATOS ADMINISTRATIVOS DE PESSOAL NºS 012/2021, 013/2021, 035/2021, 036/2021 E 037/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/152/projeto_de_lei_n_35_2022_aumento_servidores.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/152/projeto_de_lei_n_35_2022_aumento_servidores.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO, DETENTORES DE CARGO DE PROVIMENTO EFETIVO, CARGOS EM COMISSÃO – CC1/FG1, CC2/FG2 E CC3/FG3, CELETISTAS – AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE À ENDEMIAS, CONTRATADOS, INATIVOS E PENSIONISTAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/149/acfrogd3mevbgioluurbohybmxxfwy7x94os8fkccg21mhvxjwbbgclh-ap1m2pvrrjdrx89onwijuyh6lnik696h_xpjykjkdhmjzcs1f4oh94chkdm6yi8tm7_cyy.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/149/acfrogd3mevbgioluurbohybmxxfwy7x94os8fkccg21mhvxjwbbgclh-ap1m2pvrrjdrx89onwijuyh6lnik696h_xpjykjkdhmjzcs1f4oh94chkdm6yi8tm7_cyy.pdf</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/150/acfrogat-joncoxuy-2yvqu5yfjcrxqdkn2q4fhcppzmub8kk65r39u2fui_fn46spdbhhxpirscaf5jyladfsronpbmqr3n1c7si76io1tscljy1vswj6tpr-enfgc.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/150/acfrogat-joncoxuy-2yvqu5yfjcrxqdkn2q4fhcppzmub8kk65r39u2fui_fn46spdbhhxpirscaf5jyladfsronpbmqr3n1c7si76io1tscljy1vswj6tpr-enfgc.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1.940, DE 08 DE FEVEREIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_n_38_2022_renovacao_de_contratos_saude_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_n_38_2022_renovacao_de_contratos_saude_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DOS CONTRATOS ADMINISTRATIVOS DE PESSOAL NºS 019/2019, 015/2021, 027/2021 E 039/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/153/projeto_de_lei_n_39_2022_autoriza_aumento_de_salario_conselheiros_tutelares.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/153/projeto_de_lei_n_39_2022_autoriza_aumento_de_salario_conselheiros_tutelares.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 49 DA LEI MUNICIPAL Nº 1.572, DE 28 DE ABRIL DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei_n_40_2022_revoga_os_art_9_10_e_11_da_lei_1_637_2016.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei_n_40_2022_revoga_os_art_9_10_e_11_da_lei_1_637_2016.pdf</t>
   </si>
   <si>
     <t>REVOGA OS ARTIGOS 9º, 10 E 11 DA LEI N.º 1.637, DE 28 DE JUNHO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/167/projeto_de_lei_42_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/167/projeto_de_lei_42_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N.º 1.633, DE 28 DE JUNHO DE 2016, QUE DISPÕE SOBRE A REESTRUTURAÇÃO E GESTÃO DO PLANO DE CARREIRA DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, ESTADO DO RIO GRANDE DO SUL</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/157/projeto_de_lei_n_43_2022_autoriza_contratacao_de_01_servicos_gerais_1.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/157/projeto_de_lei_n_43_2022_autoriza_contratacao_de_01_servicos_gerais_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) SERVIDOR PARA O CARGO DE SERVIÇOS GERAIS_x000D_
 PARA ATUAR JUNTO À PREFEITURA MUNICIPAL DE NOVA ESPERANÇA DO SUL, RS.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_n_44_2022_altera_nomenclatura_da_secretaria_municipal_de_turismo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_n_44_2022_altera_nomenclatura_da_secretaria_municipal_de_turismo.pdf</t>
   </si>
   <si>
     <t>ALTERA A NOMENCLATURA DA SECRETARIA DE TURISMO, ESPORTES, DESENVOLVIMENTO ECONÔMICO E APOIO AS MICRO E PEQUENAS EMPRESAS</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_n_45_2022_institui_gratificacao_turma_volante.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_n_45_2022_institui_gratificacao_turma_volante.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO ESPECIAL AOS SERVIDORES QUE ATUAM NO PIT – PROGRAMA DE INTEGRAÇÃO TRIBUTÁRIA DE NOVA ESPERANÇA DO SUL/RS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_n_46_2022_renovacao_de_contratos_saude_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_n_46_2022_renovacao_de_contratos_saude_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 010/2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_n_47_2022_renovacao_de_contratos_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_n_47_2022_renovacao_de_contratos_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DOS CONTRATOS ADMINISTRATIVOS DE PESSOAL NºS 009/2019, 024/2021, 025/2021, 001/2022, 002/2022, 004/2022, 005/2022, 006/2022, 007/2022, 008/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_n_48_2022_renovacao_de_contratos_educacao_monitores_e_assistente_social.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_n_48_2022_renovacao_de_contratos_educacao_monitores_e_assistente_social.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DOS CONTRATOS ADMINISTRATIVOS DE PESSOAL NºS 003/2022, 009/2022, 010/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_n_49_de_22_de_junho_de_2022_emprestimo_finiisa_caixa.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_n_49_de_22_de_junho_de_2022_emprestimo_finiisa_caixa.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/164/projeto_de_lei_n_50_2022_renovacao_de_contrato_psicologa_cras_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/164/projeto_de_lei_n_50_2022_renovacao_de_contrato_psicologa_cras_2_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 020/2021 E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_n_51_2022_autoriza_contratacao_de_01_servicos_gerais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_n_51_2022_autoriza_contratacao_de_01_servicos_gerais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) SERVIDOR PARA O CARGO DE SERVIÇOS GERAIS_x000D_
 PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_n_52_2022_altera_o_art_2_paragrafo_unico_da_lei_1_763_de_2019_grupo_reviver_prazo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_n_52_2022_altera_o_art_2_paragrafo_unico_da_lei_1_763_de_2019_grupo_reviver_prazo.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º, PARÁGRAFO ÚNICO, DA LEI N.º 1.763, DE 23 DE OUTUBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_n_53_2022_institui_novo_piso_salarial_para_agentes_comunitarios_de_saude_e_agente_de_combate_a_endemias.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_n_53_2022_institui_novo_piso_salarial_para_agentes_comunitarios_de_saude_e_agente_de_combate_a_endemias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PISO SALARIAL PROFISSIONAL DOS CARGOS DE AGENTE COMUNITÁRIO DE SAÚDE E AGENTE DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_n_54_2022_altera_lei_1_122_2009_atividades_insalubres.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_n_54_2022_altera_lei_1_122_2009_atividades_insalubres.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1.122, DE 30 DE JUNHO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/176/projeto_de_lei_n_55_2022_institui_agente_de_contratacao_equipe_de_apoio_e_comissao_e_atribui_gratificacao_licitacoes_1.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/176/projeto_de_lei_n_55_2022_institui_agente_de_contratacao_equipe_de_apoio_e_comissao_e_atribui_gratificacao_licitacoes_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI O AGENTE DE CONTRATAÇÃO, A EQUIPE DE APOIO E A COMISSÃO DE CONTRATAÇÃO, SUAS ATRIBUIÇÕES E FUNCIONAMENTO, NOS TERMOS DA LEI FEDERAL Nº 14.133/2021, E ATRIBUI GRATIFICAÇÃO</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_n_056_2022_altera_lei_1_060_2008_cria_02_vagas_agente_de_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_n_056_2022_altera_lei_1_060_2008_cria_02_vagas_agente_de_saude.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART. 1o DA LEI No 1.060, DE 17 DE JUNHO DE 2008.”</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_de_lei_n_57_2022_reestrutura_fundines_1.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_de_lei_n_57_2022_reestrutura_fundines_1.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA O FUNDO MUNICIPAL DE DESENVOLVIMENTO INDUSTRIAL, COMERCIAL, DE SERVIÇOS DE NOVA ESPERANÇA DO SUL - RS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/178/projeto_de_lei_n_58_2022_altera_o_art_4_2_da_lei_966_2006_regulamento_taxis_prazo_permissao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/178/projeto_de_lei_n_58_2022_altera_o_art_4_2_da_lei_966_2006_regulamento_taxis_prazo_permissao.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART. 4o, § 2o, DA LEI MUNICIPAL No 966, DE 12 DE JULHO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_de_lei_n_59_2022_autoriza_aumento_de_carga_horaria_professora_ciencias.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_de_lei_n_59_2022_autoriza_aumento_de_carga_horaria_professora_ciencias.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1o DA LEI MUNICIPAL No 1.937, DE 07 DE FEVEREIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/183/2_projeto_de_lei_no_-_ldo_2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/183/2_projeto_de_lei_no_-_ldo_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_n_61_2022_renovacao_de_contrato_professores.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_n_61_2022_renovacao_de_contrato_professores.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DOS CONTRATOS ADMINISTRATIVOS DE PESSOAL NoS 002/2021, 003/2021, 004/2021, 005/2021, 030/2021 E 31/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_de_lei_n_62_2022_renovacao_de_contrato_de_enfermeira.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_de_lei_n_62_2022_renovacao_de_contrato_de_enfermeira.pdf</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_n_63_2022_gestao_democratica_nes.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_n_63_2022_gestao_democratica_nes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GESTÃO DEMOCRÁTICA DO ENSINO PÚBLICO NO ÂMBITO DAS ESCOLAS MUNICIPAIS DE NOVA ESPERANÇA DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_de_lei_n_64_2022_altera_lei_1_776_de_2019_predios_industriais_prazo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_de_lei_n_64_2022_altera_lei_1_776_de_2019_predios_industriais_prazo.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ART. 2o, DA LEI N.o 1.776, DE 17 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ART. 3o, DA LEI N.o 755, DE 20 DE DEZEMBRO DE 2002, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_n_66_2022_reestrutura_rpps.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_n_66_2022_reestrutura_rpps.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS EFETIVOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL - NESPREV, DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO DA REPÚBLICA, REDAÇÃO DADA PELA EMENDA CONSTITUCIONAL No 103/2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_n_67_2022_institui_o_sistema_municipal_de_desporto_lazer_cria_o_fundo_do_desporto_e_o_conselho_municipal_do_desporto_1_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_n_67_2022_institui_o_sistema_municipal_de_desporto_lazer_cria_o_fundo_do_desporto_e_o_conselho_municipal_do_desporto_1_.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O SISTEMA MUNICIPAL DE DESPORTO, E LAZER, CRIA O FUNDO MUNICIPAL DO DESPORTO E O CONSELHO MUNICIPAL DO DESPORTO, DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_de_lei_n_68_2022_reestrutura_fundanes_fundo_agricultura.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_de_lei_n_68_2022_reestrutura_fundanes_fundo_agricultura.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA O FUNDO MUNICIPAL DE DESENVOLVIMENTO AGROPECUÁRIO DE NOVA ESPERANÇA DO SUL - RS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_de_lei_n_69_2022_credito_especial_caminhao_cacamba.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_de_lei_n_69_2022_credito_especial_caminhao_cacamba.pdf</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_n_70_2022_autoriza_contratacao_de_01_servicos_gerais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_n_70_2022_autoriza_contratacao_de_01_servicos_gerais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) SERVIDOR PARA O CARGO DE SERVIÇOS GERAIS PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_n_71_2022_renovacao_de_contratos_acs.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_n_71_2022_renovacao_de_contratos_acs.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS TRATIVO DE PESSOAL No 032/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_de_lei_n_72_2022_altera_o_art_102_da_lei_municipal_106_1991_ferias.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_de_lei_n_72_2022_altera_o_art_102_da_lei_municipal_106_1991_ferias.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 102, CAPUT, DA LEI MUNICIPAL No 106, DE 26 DE ABRIL DE 1991 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_de_lei_n_73_2022_inclusao_das_culturas_afro_brasileiras_e_indigenas_na_escola_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_de_lei_n_73_2022_inclusao_das_culturas_afro_brasileiras_e_indigenas_na_escola_2_.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS COMPLEMENTARES ÀS DIRETRIZES CURRICULARES NACIONAIS PARA A INCLUSÃO DA EDUCAÇÃO DAS RELAÇÕES ÉTNICO RACIAIS E DO ENSINO DE HISTÓRIA E CULTURA AFRO-BRASILEIRA E INDÍGENA NA ORGANIZAÇÃO CURRICULAR DAS INSTITUIÇÕES PERTENCENTES À REDE MUNICIPAL DE ENSINO DE NOVA ESPERANÇA DO SUL.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_n_74_2022_magisterio_altera_anexos_da_lei_1633_2016_atribuicoes_cargos.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_n_74_2022_magisterio_altera_anexos_da_lei_1633_2016_atribuicoes_cargos.pdf</t>
   </si>
   <si>
     <t>“ALTERA OS ANEXOS DA LEI No 1.633, DE 28 DE JUNHO DE 2016, QUE DISPÕE SOBRE A REESTRUTURAÇÃO E GESTÃO DO PLANO DE CARREIRA DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, ESTADO DO RIO GRANDE DO SUL”.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/195/projeto_de_lei_n_75_2022_magisterio_altera_anexos_da_lei_1637_2016_boletins_de_avaliacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/195/projeto_de_lei_n_75_2022_magisterio_altera_anexos_da_lei_1637_2016_boletins_de_avaliacao.pdf</t>
   </si>
   <si>
     <t>“ALTERA OS ANEXOS DA LEI No 1.637, DE 28 DE JUNHO DE 2016, QUE REGULAMENTA E ESTABELECE CRITÉRIOS E PROCEDIMENTOS PARA AVALIAÇÃO DE DESEMPENHO DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, PARA FINS DE PROMOÇÃO EM CLASSES.”</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_n_76_2022_autoriza_contrato_temporario_professor_historia_anos_finais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_n_76_2022_autoriza_contrato_temporario_professor_historia_anos_finais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE HISTÓRIA, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_n_77_2022_subsidio_silos_secagens_e_armazenamento_de_graos.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_n_77_2022_subsidio_silos_secagens_e_armazenamento_de_graos.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE DESENVOLVIMENTO DA SECAGEM E ARMAZENAGEM DE GRÃOS NA AGRICULTURA FAMILIAR DE NOVA ESPERANÇA DO SUL – ARMAZENESUL.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_n_78_2022_cria_programa_correcao_do_solo_avanca_nova_esperanca_calcario.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_n_78_2022_cria_programa_correcao_do_solo_avanca_nova_esperanca_calcario.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA MUNICIPAL DE CORREÇÃO DO SOLO “AVANÇA NOVA ESPERANÇA”, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_n_79_2022_cria_programa_de_desenvolvimento_da_irrigacao_e_armazenagem_de_agua_irriganes.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_n_79_2022_cria_programa_de_desenvolvimento_da_irrigacao_e_armazenagem_de_agua_irriganes.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE DESENVOLVIMENTO DA IRRIGAÇÃO E DA ARMAZENAGEM DE ÁGUA DE NOVA ESPERANÇA DO SUL – IRRIGANES.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_de_lei_n_80_2022_renovacao_de_contratos_educacao_monitoras.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_de_lei_n_80_2022_renovacao_de_contratos_educacao_monitoras.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DOS CONTRATOS ADMINISTRATIVOS DE PESSOAL NºS 036/2021, 037/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_de_lei_81_2022_credito_especial_caminhao_prancha.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_de_lei_81_2022_credito_especial_caminhao_prancha.pdf</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_n_82_2022_autoriza_a_contratacao_emergencial_de_motorista_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_n_82_2022_autoriza_a_contratacao_emergencial_de_motorista_saude.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 MOTORISTA COM CARGA HORÁRIA DE 40 HORAS SEMANAIS PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE SAÚDE.”</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_de_lei_n_83_2022_renovacao_de_contrato_nutricionista.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_de_lei_n_83_2022_renovacao_de_contrato_nutricionista.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL No 012/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/205/projeto_de_lei_n_84_2022_autoriza_contratacao_de_01_servicos_gerais_emei.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/205/projeto_de_lei_n_84_2022_autoriza_contratacao_de_01_servicos_gerais_emei.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) SERVIDOR PARA O CARGO DE SERVIÇOS GERAIS_x000D_
 PARA ATUAR JUNTO À ESCOLA DE EDUCAÇÃO INFANTIL MARIA MALGARIN FRIZZO, DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/206/acfrogaik9h5faaqbk50rwjri2beeqe_9ou3shexnxkexsym_3kvdq-z7jx3sxki6-fc0l0fumj-gsv-9uwzoknszik9np975xbsnr4_asm6b-lqstafqnf6-02vi_m_1.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/206/acfrogaik9h5faaqbk50rwjri2beeqe_9ou3shexnxkexsym_3kvdq-z7jx3sxki6-fc0l0fumj-gsv-9uwzoknszik9np975xbsnr4_asm6b-lqstafqnf6-02vi_m_1.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 12, DA LEI MUNICIPAL No 1.998, DE 28 DE SETEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_n_86_2022_altera_tabela_do_anexo_unico_do_codigo_tributario_ctm_taxa_ambulantes_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_n_86_2022_altera_tabela_do_anexo_unico_do_codigo_tributario_ctm_taxa_ambulantes_2_.pdf</t>
   </si>
   <si>
     <t>ALTERA A ALÍQUOTA CONSTANTE NO ITEM F, DO QUADRO 2, DA TABELA II, DO ANEXO ÚNICO DA LEI Nº 811, DE 16 DE DEZEMBRO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 039/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_n_88_2022_renovacao_de_contrato_professora_historia.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_n_88_2022_renovacao_de_contrato_professora_historia.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL No 013/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, OARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_de_lei_n_90_2022_autoriza_a_contratacao_emergencial_de_psicologa_caee.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_de_lei_n_90_2022_autoriza_a_contratacao_emergencial_de_psicologa_caee.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PSICÓLOGO(A) COM CARGA HORÁRIA DE 20 HORAS SEMANAIS PARA ATUAR JUNTO AO CENTRO DE ATENDIMENTO EDUCACIONAL ESPECIALIZADO – CAEE, DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.”</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_n_91_2022_renovacao_de_contrato_de_farmaceutica.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_n_91_2022_renovacao_de_contrato_de_farmaceutica.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 027/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_n_92_2022_renovacao_de_contrato_de_medica_plantonista.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_n_92_2022_renovacao_de_contrato_de_medica_plantonista.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 019/2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_n_93_2022_renovacao_de_contrato_de_tecnica_em_enfermagem.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_n_93_2022_renovacao_de_contrato_de_tecnica_em_enfermagem.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 015/2021, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_n_94_2022_renovacao_de_contrato_de_medico_plantonista.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_n_94_2022_renovacao_de_contrato_de_medico_plantonista.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 010/2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_n_95_2022_altera_o_art_23_da_lei_municipal_2005_2022_acrescenta_paragrafo_unico_fundo_do_desporto_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_n_95_2022_altera_o_art_23_da_lei_municipal_2005_2022_acrescenta_paragrafo_unico_fundo_do_desporto_2_.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTIGO 23-A, NA LEI MUNICIPAL Nº 2.005, DE 13 DE OUTUBRO DE 2022. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_n_96_2022_autoriza_a_contratacao_emergencial_de_dentista_esf.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_n_96_2022_autoriza_a_contratacao_emergencial_de_dentista_esf.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 DENTISTA COM CARGA HORÁRIA DE 20 HORAS SEMANAIS PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/226/projeto_de_lei_n_97_2022_rpps.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/226/projeto_de_lei_n_97_2022_rpps.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 13, CAPUT, DA LEI MUNICIPAL N.º 1.793, DE 24 DE MARÇO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_lei_n_98_2022_calendario_de_eventos_2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_lei_n_98_2022_calendario_de_eventos_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O ANO DE 2023</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_n_99_2022_renovacao_de_contrato_professora_filosofia.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_n_99_2022_renovacao_de_contrato_professora_filosofia.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 009/2019, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/229/projeto_de_lei_n_100_2022_renovacao_de_contrato_professora_matematica.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/229/projeto_de_lei_n_100_2022_renovacao_de_contrato_professora_matematica.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS- TRATIVO DE PESSOAL Nº 001/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/230/projeto_de_lei_n_101_2022_renovacao_de_contrato_professora_ciencias.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/230/projeto_de_lei_n_101_2022_renovacao_de_contrato_professora_ciencias.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 002/2022, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/231/projeto_de_lei_n_102_2022_renovacao_de_contrato_professora_anos_iniciais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/231/projeto_de_lei_n_102_2022_renovacao_de_contrato_professora_anos_iniciais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 024/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/232/projeto_de_lei_n_103_2022_renovacao_de_contrato_professora_seres_iniciais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/232/projeto_de_lei_n_103_2022_renovacao_de_contrato_professora_seres_iniciais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 025/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/233/projeto_de_lei_n_104_022_renovacao_de_contrato_assistente_social.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/233/projeto_de_lei_n_104_022_renovacao_de_contrato_assistente_social.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 003/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/234/projeto_de_lei_n_105_022_renovacao_de_contrato_prof_educ_fisica.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/234/projeto_de_lei_n_105_022_renovacao_de_contrato_prof_educ_fisica.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 004/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/235/projeto_de_lei_n_106_022_renovacao_de_contrato_prof_geografia.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/235/projeto_de_lei_n_106_022_renovacao_de_contrato_prof_geografia.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 005/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/236/projeto_de_lei_n_107_022_renovacao_de_contrato_prof_educ_fisica.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/236/projeto_de_lei_n_107_022_renovacao_de_contrato_prof_educ_fisica.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 006/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/237/projeto_de_lei_n_108_022_renovacao_de_contrato_prof_ingles.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/237/projeto_de_lei_n_108_022_renovacao_de_contrato_prof_ingles.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 007/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_n_109_022_renovacao_de_contrato_prof_artes.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_n_109_022_renovacao_de_contrato_prof_artes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 008/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_n_110_022_renovacao_de_contrato_monitor_de_creche.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_n_110_022_renovacao_de_contrato_monitor_de_creche.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 009/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_substitutivo_n_03_ao_projeto_de_lei_n_111_2022_autoriza_alienar_lotes_de_terrenos_urbanizados_do_municipio_aos_sorteados_inscritos_no_edital_001_2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_substitutivo_n_03_ao_projeto_de_lei_n_111_2022_autoriza_alienar_lotes_de_terrenos_urbanizados_do_municipio_aos_sorteados_inscritos_no_edital_001_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER A ALIENAÇÃO ONEROSA DE LOTES DE TERRENOS URBANIZADOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL – RS, AOS SORTEADOS CONFORME EDITAL Nº 003/2022, DE DIVULGAÇÃO DO RESULTADO FINAL DO SORTEIO DOS INSCRITOS NO EDITAL Nº 001/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/243/projeto_de_lei_113_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/243/projeto_de_lei_113_2022.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 4º, da Lei Municpal nº 1251, de 24 de agosto de 2010</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_113_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_113_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DA LEI MUNICIPAL  Nº 1251 DE 24 DE AGOSTO DE 2010</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_no_114-2022_-_conceder_beneficios_aos_medicos_participantes_do_programa_medicos_pelo_brasil.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_no_114-2022_-_conceder_beneficios_aos_medicos_participantes_do_programa_medicos_pelo_brasil.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER BENEFÍCIO AOS MÉDICOS PARTICIPANTES DO PROGRAMA MÉDICOS PELO BRASIL (PmpB), DE ACORDO COM A PORTARIA GM/MS Nº 3.193, DE 02 DE AGOSTO DE 2022</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_lei_no_115-2022_-_altera_a_lei_1.742-2019_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_lei_no_115-2022_-_altera_a_lei_1.742-2019_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº 1.742, DE 26 DE FEVEREIRO DE 2019</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no_116-2022_-_altera_a_lei_1.842-2021_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no_116-2022_-_altera_a_lei_1.842-2021_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº 1.842, DE 26 DE MARÇO DE 2021</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no_117-2022_-_altera_a_lei_1.858-2021_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no_117-2022_-_altera_a_lei_1.858-2021_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  1.858, DE 27 DE MAIO DE 2021</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_no_118-2022_-_altera_a_lei_1.874-2021_-_suspensao_de_contrato_temporarioc-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_no_118-2022_-_altera_a_lei_1.874-2021_-_suspensao_de_contrato_temporarioc-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  1.874, DE 27 DE JULHO DE 2021</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_no_119-2022_-_altera_a_lei_1.887-2021_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_no_119-2022_-_altera_a_lei_1.887-2021_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  1.887, 09 DE SETEMBRO DE 2021_x000D_
 .”</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_no_120-2022_-_altera_a_lei_1.909-2021_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_no_120-2022_-_altera_a_lei_1.909-2021_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  1.909, 09 DE NOVEMBRO DE 2021</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/252/projeto_de_lei_no_121-2022_-_altera_a_lei_1.937-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/252/projeto_de_lei_no_121-2022_-_altera_a_lei_1.937-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  1.937, DE 07 DE FEVEREIRO DE 2022</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_lei_no_122-2022_-_altera_a_lei_1.938-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_lei_no_122-2022_-_altera_a_lei_1.938-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  1.938, DE 07 DE FEVEREIRO DE 2022</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_de_lei_no_123-2022_-_altera_a_lei_1.940-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_de_lei_no_123-2022_-_altera_a_lei_1.940-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  1.940, DE 08 DE FEVEREIRO DE 2022</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_no_124-2022_-_altera_a_lei_1.948-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_no_124-2022_-_altera_a_lei_1.948-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  1.948, DE 23 DE FEVEREIRO DE 2022</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/256/projeto_de_lei_no_125-2022_-_altera_a_lei_1.945-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/256/projeto_de_lei_no_125-2022_-_altera_a_lei_1.945-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  1.945, DE 16 DE FEVEREIRO DE 2022</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/257/projeto_de_lei_no_126-2022_-_altera_a_lei_2.004-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/257/projeto_de_lei_no_126-2022_-_altera_a_lei_2.004-2022_-_suspensao_de_contrato_temporario_-_copia.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º AO ART. 1º, DA LEI MUNICIPAL Nº  2.004, DE 13 DE OUTUBRO DE 2022</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_de_lei_no_127-2022_-_altera_plano_de_carreira_magisterio_-_abre_vagas_para_professores.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_de_lei_no_127-2022_-_altera_plano_de_carreira_magisterio_-_abre_vagas_para_professores.doc</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO MAGISTÉRIO PÚBLICO MUNICIPAL, NO ART. 33, DA LEI MUNICIPAL Nº 1.633, DE 28 DE JUNHO DE 2016, COM A CRIAÇÃO DE 01 (UMA) VAGA PARA O CARGO DE PROFESSOR DE EDUCAÇÃO INFANTIL E 02 (DUAS) VAGAS PARA O CARGO DE PROFESSOR DE ANOS INICIAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_complementar_n_01_2022_altera_plano_de_carreira_extingue_cargo_de_diretor_do_departamento_psicopedagogico_e_cria_o_diretor_do_departamento_cultural.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_complementar_n_01_2022_altera_plano_de_carreira_extingue_cargo_de_diretor_do_departamento_psicopedagogico_e_cria_o_diretor_do_departamento_cultural.pdf</t>
   </si>
   <si>
     <t>DECLARA A EXTINÇÃO DO CARGO DE DIRETOR DO DEPARTAMENTO PSICOPEDAGÓGICO E CRIA O CARGO DE DIRETOR DO DEPARTAMENTO CULTURAL, NO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_complementar_n_02_2022_altera_a_lei_complementar_02_2012_carga_horaria_engenheiro.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_complementar_n_02_2022_altera_a_lei_complementar_02_2012_carga_horaria_engenheiro.pdf</t>
   </si>
   <si>
     <t>“ALTERA A CARGA HORÁRIA DO CARGO DE ENGENHEIRO CIVIL NO QUADRO DE CARGOS DE PROVIMENTOS EFETIVO DO ART. 3o E AS ATRIBUIÇÕES, NO ANEXO I, DA LEI COMPLEMENTAR No 02, DE 04 DE ABRIL DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_lei_complementar_n_03_2022_altera_plano_de_carreira_extingue_2_cargos_de_cc1_e_cria_2_cargos_de_cc1.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_lei_complementar_n_03_2022_altera_plano_de_carreira_extingue_2_cargos_de_cc1_e_cria_2_cargos_de_cc1.pdf</t>
   </si>
   <si>
     <t>DECLARA A EXTINÇÃO DOS CARGOS DE ASSESSOR DE ASSISTÊNCIA SOCIAL - CC1 E ASSESSOR CULTURAL - CC1 E CRIA OS CARGOS DE ASSESSOR DE IMPRENSA E COMUNICAÇÕES – CC1 E ASSESSOR DE DEPARTAMENTO PEDAGÓGICO - CC1, NO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_complementar_n_04_2022_altera_plano_de_carreira_cria_vaga_de_tecnico_em_contabilidade.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_complementar_n_04_2022_altera_plano_de_carreira_cria_vaga_de_tecnico_em_contabilidade.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º, DA LEI COMPLEMENTAR MUNICIPAL Nº 02, DE 04 DE ABRIL DE 2012, COM A CRIAÇÃO DE 01 (UMA) VAGA PARA O CARGO DE TÉCNICO EM CONTABILIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/174/pt577v_o_1.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/174/pt577v_o_1.pdf</t>
   </si>
   <si>
     <t>DECLARA A EXTINÇÃO DO CARGO DE CHEFE DO SERVIÇO E LIMPEZA DO ESF E DO POSTO CENTRAL E CRIA O CARGO DE CHEFE DO SETOR DE AGENDAMENTO E MARCAÇÕES, NO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/261/projeto_de_lei_complementar_no_07-2022_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_para_monitor_de_creche_e_psicologa.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/261/projeto_de_lei_complementar_no_07-2022_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_para_monitor_de_creche_e_psicologa.doc</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º, DA LEI COMPLEMENTAR MUNICIPAL Nº 02, DE 04 DE ABRIL DE 2012, COM A CRIAÇÃO DE 03 (TRÊS) VAGAS PARA O CARGO DE MONITOR DE CRECHE DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E 01 (UMA) VAGA PARA O CARGO DE PSICÓLOGO PARA ATUAR NA SECRETARIA MUNICIPAL DE TRABALHO E ASSISTÊNCIA SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_de_resolucao_05-2022-_cria_procuradoria_da_mulher.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_de_resolucao_05-2022-_cria_procuradoria_da_mulher.doc</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA DA MULHER NO ÂMBITO DA CÂMARA MUNICIPAL, DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_de_resolucao_06-2022_-_abre_credito_suplementar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_de_resolucao_06-2022_-_abre_credito_suplementar.doc</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO PODER LEGISLATIVO MUNICIPAL PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_resolucao_07-2022-_regulamenta_o_13o.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_resolucao_07-2022-_regulamenta_o_13o.doc</t>
   </si>
   <si>
     <t>“REGULAMENTA O PAGAMENTO DO DÉCIMO TERCEIRO SALÁRIO AOS VEREADORES E SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL NO ANO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTIGO 84-A À LEI ORGÂNICA MUNICIPAL, PARA ADOTAR NO PROCESSO LEGISLATIVO ORÇAMENTÁRIO AS EMENDAS IMPOSITIVAS PREVISTAS NA EMENDA CONSTITUCIONAL Nº 86, DE 17 DE MARÇO DE 2015, E EMENDA CONSTITUCIONAL Nº 100, DE 26 DE JUNHO DE 2019.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
@@ -2153,68 +2153,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/124/emenda_aditiva_01-2022-_ao_projeto_de_lei_no_118-2021.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/125/emenda_aditiva_02-2022-_ao_projeto_de_lei_no_118-2021_-_copia.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/225/emenda_modificativa_no_03_ao_pl_79-2021_-_programa_de_desenvolvimento_da_irrigacao.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/228/emenda_aditiva_03-2022-_ao_projeto_de_lei_no_95-2022.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_de_iniciativa_no_002_-_2022_-_nome_de_praca.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/156/projeto_de_lei_de_iniciativa_no_003_-_2022__regularizacao_ou_a_retirada_de_fiacao_inutilizada_ou_em_desuso_em_vias_publicas.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_de_iniciativa_no_004_-_2022_-_nome_de_praca.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_de_iniciativa_no_005_-_2022_-_padronizacao_dos_bens_publicos.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_de_iniciativa_no_006_-_2022_-_kit_escolar.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_de_iniciativa_no_007_-_2022_-_homenagem_a_servidores.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_de_iniciativa_no_008-_2022_-_nome_de_rua.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_de_lei_de_iniciativa_no_009_-_2022_-_placas.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/227/projeto_de_lei_de_iniciativa_no_010_-_2022_-_ambiental.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/258/projeto_de_lei_de_iniciativa_no_011-_2022_-_cultura_gaucha.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/259/projeto_de_lei_de_iniciativa_no_012_-_2022_-_dezembro_laranja.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/381/parecer_juridico_-_01-2022_-_pregao_eletronico_no_25-2021.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/382/parecer_juridico_-_02-2022_-_pregao_eletronico_no_26-2021.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_n_01_2022_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_de_lei_n_02_2022_altera_o_art_34_caput_da_lei_1_633_de_2016.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_n_03_2022_autoriza_a_contratacao_temporaria_de_tres_monitoras_de_creche.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_n_04_2022_autoriza_contrato_temporario_professor_de_ciencias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_n_05_2022_autoriza_contrato_temporario_professor_de_geografia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_n_06_2022_autoriza_contrato_temporario_professores.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_de_lei_n_07_2022_altera_o_art_7_inc_ii_da_lei_1_130_de_2009_bolsa_estagiarios_nivel_superior.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_de_lei_n_08_2021_autoriza_a_contratacao_emergencial_de_assistente_social_educacao__1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_n_09_2022_revisao_geral_anual_executivo_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_n_10_2022_reajuste_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_n_11_2022_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_n_12_2022_autoriza_a_contratacao_emergencial_de_arquivista.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_n_13_2022_autoriza_permuta_entre_professores.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_n_14_2022_autoriza_contrato_temporario_professor_de_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_n_15_2022_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_n_16_2022_cria_credito_especial_camara_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_n_17_2022_altera_o_art_7_inc_ii_da_lei_1_130_de_2009_bolsa_estagiarios_nivel_superior_e_nivel_medio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/130/projeto_de_lei_n_19_2022_renovacao_de_contrato_professores_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_lei_n_20_2022_acrescenta_o_3_ao_art_2_da_lei_1426_2013_bolsa_estudante.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_n_21_2022_renovacao_de_contrato_de_enfermeira.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_n_22_2022_renovacao_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/151/projeto_de_lei_n_23_2022_altera_dispositivos_do_plano_de_carreira_do_magisterio_lei_1_633_2016_art_21_28_29_35_e_39_ultimo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_n_24_2022_autoriza_a_contratacao_emergencial_de_psicopedagoga.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_n_25_2022_refis_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_credito_especial_026_pavimentacao_convenio_mdr_896283.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_27_2022_altera_codigo_tributario_ctm_iss.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_credito_especial_028_convenio_mapa_901543_e_901743.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_n_29_2022_autoriza_a_contratacao_emergencial_de_psicologa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_n_30_2022_autoriza_a_contratacao_emergencial_de_tecnico_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_n_32_2022_autoriza_aumento_de_carga_horaria_psicologa_cras_corridiga.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_n_33_2022_institui_o_concurso_de_escolha_das_soberanas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_n_34_2022_renovacao_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/152/projeto_de_lei_n_35_2022_aumento_servidores.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/149/acfrogd3mevbgioluurbohybmxxfwy7x94os8fkccg21mhvxjwbbgclh-ap1m2pvrrjdrx89onwijuyh6lnik696h_xpjykjkdhmjzcs1f4oh94chkdm6yi8tm7_cyy.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/150/acfrogat-joncoxuy-2yvqu5yfjcrxqdkn2q4fhcppzmub8kk65r39u2fui_fn46spdbhhxpirscaf5jyladfsronpbmqr3n1c7si76io1tscljy1vswj6tpr-enfgc.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_n_38_2022_renovacao_de_contratos_saude_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/153/projeto_de_lei_n_39_2022_autoriza_aumento_de_salario_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei_n_40_2022_revoga_os_art_9_10_e_11_da_lei_1_637_2016.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/167/projeto_de_lei_42_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/157/projeto_de_lei_n_43_2022_autoriza_contratacao_de_01_servicos_gerais_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_n_44_2022_altera_nomenclatura_da_secretaria_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_n_45_2022_institui_gratificacao_turma_volante.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_n_46_2022_renovacao_de_contratos_saude_.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_n_47_2022_renovacao_de_contratos_educacao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_n_48_2022_renovacao_de_contratos_educacao_monitores_e_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_n_49_de_22_de_junho_de_2022_emprestimo_finiisa_caixa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/164/projeto_de_lei_n_50_2022_renovacao_de_contrato_psicologa_cras_2_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_n_51_2022_autoriza_contratacao_de_01_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_n_52_2022_altera_o_art_2_paragrafo_unico_da_lei_1_763_de_2019_grupo_reviver_prazo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_n_53_2022_institui_novo_piso_salarial_para_agentes_comunitarios_de_saude_e_agente_de_combate_a_endemias.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_n_54_2022_altera_lei_1_122_2009_atividades_insalubres.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/176/projeto_de_lei_n_55_2022_institui_agente_de_contratacao_equipe_de_apoio_e_comissao_e_atribui_gratificacao_licitacoes_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_n_056_2022_altera_lei_1_060_2008_cria_02_vagas_agente_de_saude.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_de_lei_n_57_2022_reestrutura_fundines_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/178/projeto_de_lei_n_58_2022_altera_o_art_4_2_da_lei_966_2006_regulamento_taxis_prazo_permissao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_de_lei_n_59_2022_autoriza_aumento_de_carga_horaria_professora_ciencias.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/183/2_projeto_de_lei_no_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_n_61_2022_renovacao_de_contrato_professores.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_de_lei_n_62_2022_renovacao_de_contrato_de_enfermeira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_n_63_2022_gestao_democratica_nes.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_de_lei_n_64_2022_altera_lei_1_776_de_2019_predios_industriais_prazo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_n_66_2022_reestrutura_rpps.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_n_67_2022_institui_o_sistema_municipal_de_desporto_lazer_cria_o_fundo_do_desporto_e_o_conselho_municipal_do_desporto_1_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_de_lei_n_68_2022_reestrutura_fundanes_fundo_agricultura.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_de_lei_n_69_2022_credito_especial_caminhao_cacamba.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_n_70_2022_autoriza_contratacao_de_01_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_n_71_2022_renovacao_de_contratos_acs.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_de_lei_n_72_2022_altera_o_art_102_da_lei_municipal_106_1991_ferias.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_de_lei_n_73_2022_inclusao_das_culturas_afro_brasileiras_e_indigenas_na_escola_2_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_n_74_2022_magisterio_altera_anexos_da_lei_1633_2016_atribuicoes_cargos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/195/projeto_de_lei_n_75_2022_magisterio_altera_anexos_da_lei_1637_2016_boletins_de_avaliacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_n_76_2022_autoriza_contrato_temporario_professor_historia_anos_finais.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_n_77_2022_subsidio_silos_secagens_e_armazenamento_de_graos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_n_78_2022_cria_programa_correcao_do_solo_avanca_nova_esperanca_calcario.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_n_79_2022_cria_programa_de_desenvolvimento_da_irrigacao_e_armazenagem_de_agua_irriganes.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_de_lei_n_80_2022_renovacao_de_contratos_educacao_monitoras.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_de_lei_81_2022_credito_especial_caminhao_prancha.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_n_82_2022_autoriza_a_contratacao_emergencial_de_motorista_saude.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_de_lei_n_83_2022_renovacao_de_contrato_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/205/projeto_de_lei_n_84_2022_autoriza_contratacao_de_01_servicos_gerais_emei.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/206/acfrogaik9h5faaqbk50rwjri2beeqe_9ou3shexnxkexsym_3kvdq-z7jx3sxki6-fc0l0fumj-gsv-9uwzoknszik9np975xbsnr4_asm6b-lqstafqnf6-02vi_m_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_n_86_2022_altera_tabela_do_anexo_unico_do_codigo_tributario_ctm_taxa_ambulantes_2_.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_n_88_2022_renovacao_de_contrato_professora_historia.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_de_lei_n_90_2022_autoriza_a_contratacao_emergencial_de_psicologa_caee.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_n_91_2022_renovacao_de_contrato_de_farmaceutica.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_n_92_2022_renovacao_de_contrato_de_medica_plantonista.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_n_93_2022_renovacao_de_contrato_de_tecnica_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_n_94_2022_renovacao_de_contrato_de_medico_plantonista.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_n_95_2022_altera_o_art_23_da_lei_municipal_2005_2022_acrescenta_paragrafo_unico_fundo_do_desporto_2_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_n_96_2022_autoriza_a_contratacao_emergencial_de_dentista_esf.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/226/projeto_de_lei_n_97_2022_rpps.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_lei_n_98_2022_calendario_de_eventos_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_n_99_2022_renovacao_de_contrato_professora_filosofia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/229/projeto_de_lei_n_100_2022_renovacao_de_contrato_professora_matematica.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/230/projeto_de_lei_n_101_2022_renovacao_de_contrato_professora_ciencias.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/231/projeto_de_lei_n_102_2022_renovacao_de_contrato_professora_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/232/projeto_de_lei_n_103_2022_renovacao_de_contrato_professora_seres_iniciais.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/233/projeto_de_lei_n_104_022_renovacao_de_contrato_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/234/projeto_de_lei_n_105_022_renovacao_de_contrato_prof_educ_fisica.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/235/projeto_de_lei_n_106_022_renovacao_de_contrato_prof_geografia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/236/projeto_de_lei_n_107_022_renovacao_de_contrato_prof_educ_fisica.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/237/projeto_de_lei_n_108_022_renovacao_de_contrato_prof_ingles.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_n_109_022_renovacao_de_contrato_prof_artes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_n_110_022_renovacao_de_contrato_monitor_de_creche.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_substitutivo_n_03_ao_projeto_de_lei_n_111_2022_autoriza_alienar_lotes_de_terrenos_urbanizados_do_municipio_aos_sorteados_inscritos_no_edital_001_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/243/projeto_de_lei_113_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_113_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_no_114-2022_-_conceder_beneficios_aos_medicos_participantes_do_programa_medicos_pelo_brasil.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_lei_no_115-2022_-_altera_a_lei_1.742-2019_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no_116-2022_-_altera_a_lei_1.842-2021_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no_117-2022_-_altera_a_lei_1.858-2021_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_no_118-2022_-_altera_a_lei_1.874-2021_-_suspensao_de_contrato_temporarioc-_copia.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_no_119-2022_-_altera_a_lei_1.887-2021_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_no_120-2022_-_altera_a_lei_1.909-2021_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/252/projeto_de_lei_no_121-2022_-_altera_a_lei_1.937-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_lei_no_122-2022_-_altera_a_lei_1.938-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_de_lei_no_123-2022_-_altera_a_lei_1.940-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_no_124-2022_-_altera_a_lei_1.948-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/256/projeto_de_lei_no_125-2022_-_altera_a_lei_1.945-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/257/projeto_de_lei_no_126-2022_-_altera_a_lei_2.004-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_de_lei_no_127-2022_-_altera_plano_de_carreira_magisterio_-_abre_vagas_para_professores.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_complementar_n_01_2022_altera_plano_de_carreira_extingue_cargo_de_diretor_do_departamento_psicopedagogico_e_cria_o_diretor_do_departamento_cultural.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_complementar_n_02_2022_altera_a_lei_complementar_02_2012_carga_horaria_engenheiro.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_lei_complementar_n_03_2022_altera_plano_de_carreira_extingue_2_cargos_de_cc1_e_cria_2_cargos_de_cc1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_complementar_n_04_2022_altera_plano_de_carreira_cria_vaga_de_tecnico_em_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/174/pt577v_o_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/261/projeto_de_lei_complementar_no_07-2022_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_para_monitor_de_creche_e_psicologa.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_de_resolucao_05-2022-_cria_procuradoria_da_mulher.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_de_resolucao_06-2022_-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_resolucao_07-2022-_regulamenta_o_13o.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/124/emenda_aditiva_01-2022-_ao_projeto_de_lei_no_118-2021.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/125/emenda_aditiva_02-2022-_ao_projeto_de_lei_no_118-2021_-_copia.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/225/emenda_modificativa_no_03_ao_pl_79-2021_-_programa_de_desenvolvimento_da_irrigacao.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/228/emenda_aditiva_03-2022-_ao_projeto_de_lei_no_95-2022.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_de_iniciativa_no_002_-_2022_-_nome_de_praca.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/156/projeto_de_lei_de_iniciativa_no_003_-_2022__regularizacao_ou_a_retirada_de_fiacao_inutilizada_ou_em_desuso_em_vias_publicas.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_de_iniciativa_no_004_-_2022_-_nome_de_praca.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_de_iniciativa_no_005_-_2022_-_padronizacao_dos_bens_publicos.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_de_iniciativa_no_006_-_2022_-_kit_escolar.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_de_iniciativa_no_007_-_2022_-_homenagem_a_servidores.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_de_iniciativa_no_008-_2022_-_nome_de_rua.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_de_lei_de_iniciativa_no_009_-_2022_-_placas.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/227/projeto_de_lei_de_iniciativa_no_010_-_2022_-_ambiental.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/258/projeto_de_lei_de_iniciativa_no_011-_2022_-_cultura_gaucha.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/259/projeto_de_lei_de_iniciativa_no_012_-_2022_-_dezembro_laranja.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/381/parecer_juridico_-_01-2022_-_pregao_eletronico_no_25-2021.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/382/parecer_juridico_-_02-2022_-_pregao_eletronico_no_26-2021.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_n_01_2022_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_de_lei_n_02_2022_altera_o_art_34_caput_da_lei_1_633_de_2016.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_n_03_2022_autoriza_a_contratacao_temporaria_de_tres_monitoras_de_creche.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_n_04_2022_autoriza_contrato_temporario_professor_de_ciencias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_n_05_2022_autoriza_contrato_temporario_professor_de_geografia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_n_06_2022_autoriza_contrato_temporario_professores.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_de_lei_n_07_2022_altera_o_art_7_inc_ii_da_lei_1_130_de_2009_bolsa_estagiarios_nivel_superior.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_de_lei_n_08_2021_autoriza_a_contratacao_emergencial_de_assistente_social_educacao__1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_n_09_2022_revisao_geral_anual_executivo_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_n_10_2022_reajuste_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_n_11_2022_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_n_12_2022_autoriza_a_contratacao_emergencial_de_arquivista.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_n_13_2022_autoriza_permuta_entre_professores.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_n_14_2022_autoriza_contrato_temporario_professor_de_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_n_15_2022_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_n_16_2022_cria_credito_especial_camara_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_n_17_2022_altera_o_art_7_inc_ii_da_lei_1_130_de_2009_bolsa_estagiarios_nivel_superior_e_nivel_medio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/130/projeto_de_lei_n_19_2022_renovacao_de_contrato_professores_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_lei_n_20_2022_acrescenta_o_3_ao_art_2_da_lei_1426_2013_bolsa_estudante.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_n_21_2022_renovacao_de_contrato_de_enfermeira.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_n_22_2022_renovacao_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/151/projeto_de_lei_n_23_2022_altera_dispositivos_do_plano_de_carreira_do_magisterio_lei_1_633_2016_art_21_28_29_35_e_39_ultimo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_n_24_2022_autoriza_a_contratacao_emergencial_de_psicopedagoga.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_n_25_2022_refis_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_credito_especial_026_pavimentacao_convenio_mdr_896283.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_27_2022_altera_codigo_tributario_ctm_iss.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_credito_especial_028_convenio_mapa_901543_e_901743.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_n_29_2022_autoriza_a_contratacao_emergencial_de_psicologa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_n_30_2022_autoriza_a_contratacao_emergencial_de_tecnico_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_n_32_2022_autoriza_aumento_de_carga_horaria_psicologa_cras_corridiga.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_n_33_2022_institui_o_concurso_de_escolha_das_soberanas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_n_34_2022_renovacao_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/152/projeto_de_lei_n_35_2022_aumento_servidores.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/149/acfrogd3mevbgioluurbohybmxxfwy7x94os8fkccg21mhvxjwbbgclh-ap1m2pvrrjdrx89onwijuyh6lnik696h_xpjykjkdhmjzcs1f4oh94chkdm6yi8tm7_cyy.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/150/acfrogat-joncoxuy-2yvqu5yfjcrxqdkn2q4fhcppzmub8kk65r39u2fui_fn46spdbhhxpirscaf5jyladfsronpbmqr3n1c7si76io1tscljy1vswj6tpr-enfgc.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_n_38_2022_renovacao_de_contratos_saude_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/153/projeto_de_lei_n_39_2022_autoriza_aumento_de_salario_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei_n_40_2022_revoga_os_art_9_10_e_11_da_lei_1_637_2016.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/167/projeto_de_lei_42_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/157/projeto_de_lei_n_43_2022_autoriza_contratacao_de_01_servicos_gerais_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_n_44_2022_altera_nomenclatura_da_secretaria_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_n_45_2022_institui_gratificacao_turma_volante.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_n_46_2022_renovacao_de_contratos_saude_.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_n_47_2022_renovacao_de_contratos_educacao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_n_48_2022_renovacao_de_contratos_educacao_monitores_e_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_n_49_de_22_de_junho_de_2022_emprestimo_finiisa_caixa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/164/projeto_de_lei_n_50_2022_renovacao_de_contrato_psicologa_cras_2_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_n_51_2022_autoriza_contratacao_de_01_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_n_52_2022_altera_o_art_2_paragrafo_unico_da_lei_1_763_de_2019_grupo_reviver_prazo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_n_53_2022_institui_novo_piso_salarial_para_agentes_comunitarios_de_saude_e_agente_de_combate_a_endemias.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_n_54_2022_altera_lei_1_122_2009_atividades_insalubres.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/176/projeto_de_lei_n_55_2022_institui_agente_de_contratacao_equipe_de_apoio_e_comissao_e_atribui_gratificacao_licitacoes_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_n_056_2022_altera_lei_1_060_2008_cria_02_vagas_agente_de_saude.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_de_lei_n_57_2022_reestrutura_fundines_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/178/projeto_de_lei_n_58_2022_altera_o_art_4_2_da_lei_966_2006_regulamento_taxis_prazo_permissao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_de_lei_n_59_2022_autoriza_aumento_de_carga_horaria_professora_ciencias.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/183/2_projeto_de_lei_no_-_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_n_61_2022_renovacao_de_contrato_professores.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_de_lei_n_62_2022_renovacao_de_contrato_de_enfermeira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_n_63_2022_gestao_democratica_nes.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_de_lei_n_64_2022_altera_lei_1_776_de_2019_predios_industriais_prazo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_n_66_2022_reestrutura_rpps.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_n_67_2022_institui_o_sistema_municipal_de_desporto_lazer_cria_o_fundo_do_desporto_e_o_conselho_municipal_do_desporto_1_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_de_lei_n_68_2022_reestrutura_fundanes_fundo_agricultura.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_de_lei_n_69_2022_credito_especial_caminhao_cacamba.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_n_70_2022_autoriza_contratacao_de_01_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_n_71_2022_renovacao_de_contratos_acs.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_de_lei_n_72_2022_altera_o_art_102_da_lei_municipal_106_1991_ferias.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_de_lei_n_73_2022_inclusao_das_culturas_afro_brasileiras_e_indigenas_na_escola_2_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_n_74_2022_magisterio_altera_anexos_da_lei_1633_2016_atribuicoes_cargos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/195/projeto_de_lei_n_75_2022_magisterio_altera_anexos_da_lei_1637_2016_boletins_de_avaliacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_n_76_2022_autoriza_contrato_temporario_professor_historia_anos_finais.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_n_77_2022_subsidio_silos_secagens_e_armazenamento_de_graos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_n_78_2022_cria_programa_correcao_do_solo_avanca_nova_esperanca_calcario.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_n_79_2022_cria_programa_de_desenvolvimento_da_irrigacao_e_armazenagem_de_agua_irriganes.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_de_lei_n_80_2022_renovacao_de_contratos_educacao_monitoras.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_de_lei_81_2022_credito_especial_caminhao_prancha.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_n_82_2022_autoriza_a_contratacao_emergencial_de_motorista_saude.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_de_lei_n_83_2022_renovacao_de_contrato_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/205/projeto_de_lei_n_84_2022_autoriza_contratacao_de_01_servicos_gerais_emei.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/206/acfrogaik9h5faaqbk50rwjri2beeqe_9ou3shexnxkexsym_3kvdq-z7jx3sxki6-fc0l0fumj-gsv-9uwzoknszik9np975xbsnr4_asm6b-lqstafqnf6-02vi_m_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_n_86_2022_altera_tabela_do_anexo_unico_do_codigo_tributario_ctm_taxa_ambulantes_2_.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_n_88_2022_renovacao_de_contrato_professora_historia.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_de_lei_n_90_2022_autoriza_a_contratacao_emergencial_de_psicologa_caee.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_n_91_2022_renovacao_de_contrato_de_farmaceutica.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_n_92_2022_renovacao_de_contrato_de_medica_plantonista.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_n_93_2022_renovacao_de_contrato_de_tecnica_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_n_94_2022_renovacao_de_contrato_de_medico_plantonista.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_n_95_2022_altera_o_art_23_da_lei_municipal_2005_2022_acrescenta_paragrafo_unico_fundo_do_desporto_2_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_n_96_2022_autoriza_a_contratacao_emergencial_de_dentista_esf.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/226/projeto_de_lei_n_97_2022_rpps.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_lei_n_98_2022_calendario_de_eventos_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_n_99_2022_renovacao_de_contrato_professora_filosofia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/229/projeto_de_lei_n_100_2022_renovacao_de_contrato_professora_matematica.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/230/projeto_de_lei_n_101_2022_renovacao_de_contrato_professora_ciencias.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/231/projeto_de_lei_n_102_2022_renovacao_de_contrato_professora_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/232/projeto_de_lei_n_103_2022_renovacao_de_contrato_professora_seres_iniciais.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/233/projeto_de_lei_n_104_022_renovacao_de_contrato_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/234/projeto_de_lei_n_105_022_renovacao_de_contrato_prof_educ_fisica.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/235/projeto_de_lei_n_106_022_renovacao_de_contrato_prof_geografia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/236/projeto_de_lei_n_107_022_renovacao_de_contrato_prof_educ_fisica.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/237/projeto_de_lei_n_108_022_renovacao_de_contrato_prof_ingles.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_n_109_022_renovacao_de_contrato_prof_artes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_n_110_022_renovacao_de_contrato_monitor_de_creche.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_substitutivo_n_03_ao_projeto_de_lei_n_111_2022_autoriza_alienar_lotes_de_terrenos_urbanizados_do_municipio_aos_sorteados_inscritos_no_edital_001_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/243/projeto_de_lei_113_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_113_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_no_114-2022_-_conceder_beneficios_aos_medicos_participantes_do_programa_medicos_pelo_brasil.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_lei_no_115-2022_-_altera_a_lei_1.742-2019_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no_116-2022_-_altera_a_lei_1.842-2021_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no_117-2022_-_altera_a_lei_1.858-2021_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_no_118-2022_-_altera_a_lei_1.874-2021_-_suspensao_de_contrato_temporarioc-_copia.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_no_119-2022_-_altera_a_lei_1.887-2021_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_no_120-2022_-_altera_a_lei_1.909-2021_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/252/projeto_de_lei_no_121-2022_-_altera_a_lei_1.937-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_lei_no_122-2022_-_altera_a_lei_1.938-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_de_lei_no_123-2022_-_altera_a_lei_1.940-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_no_124-2022_-_altera_a_lei_1.948-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/256/projeto_de_lei_no_125-2022_-_altera_a_lei_1.945-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/257/projeto_de_lei_no_126-2022_-_altera_a_lei_2.004-2022_-_suspensao_de_contrato_temporario_-_copia.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_de_lei_no_127-2022_-_altera_plano_de_carreira_magisterio_-_abre_vagas_para_professores.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_complementar_n_01_2022_altera_plano_de_carreira_extingue_cargo_de_diretor_do_departamento_psicopedagogico_e_cria_o_diretor_do_departamento_cultural.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_complementar_n_02_2022_altera_a_lei_complementar_02_2012_carga_horaria_engenheiro.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_lei_complementar_n_03_2022_altera_plano_de_carreira_extingue_2_cargos_de_cc1_e_cria_2_cargos_de_cc1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_complementar_n_04_2022_altera_plano_de_carreira_cria_vaga_de_tecnico_em_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/174/pt577v_o_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/261/projeto_de_lei_complementar_no_07-2022_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_para_monitor_de_creche_e_psicologa.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_de_resolucao_05-2022-_cria_procuradoria_da_mulher.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_de_resolucao_06-2022_-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_resolucao_07-2022-_regulamenta_o_13o.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="243.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="242.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>