--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -54,1723 +54,1723 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CPU - COMISSÃO PERMANENTE ÚNICA</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/333/emenda_aditiva_01-2023-_ao_projeto_de_lei_no_50-2023.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/333/emenda_aditiva_01-2023-_ao_projeto_de_lei_no_50-2023.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA N° 01 AO PROJETO DE LEI Nº 50/2023, QUE ALTERA O ART. 4º DA LEI MUNICIPAL Nº 722, DE 12 DE ABRIL DE 2002, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/397/emenda_aditiva_02-2023-_ao_projeto_de_lei_no_103-2023.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/397/emenda_aditiva_02-2023-_ao_projeto_de_lei_no_103-2023.doc</t>
   </si>
   <si>
     <t>EMENDA ADITIVA N° 02 AO PROJETO DE LEI Nº 103/2023, QUE INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O ANO DE 2024.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/279/projeto_de_lei_de_iniciativa_no_001_-_2023_-_revisao_geral_-_servidores.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/279/projeto_de_lei_de_iniciativa_no_001_-_2023_-_revisao_geral_-_servidores.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI DE INICIATIVA Nº 01, DE 10 DE FEVEREIRO DE 2023._x000D_
 DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO, DETENTORES DE CARGO DE PROVIMENTO EFETIVO, CARGOS EM COMISSÃO, CONTRATADOS, CELETISTAS, INATIVOS E PENSIONISTAS, NOS TERMOS DO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL DE 1988, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Partido Democrático Trabalhista</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_de_iniciativa_no_02-2023_-__brinquedos.docx</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_de_iniciativa_no_02-2023_-__brinquedos.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI DE INICIATIVA Nº 02, DE 10 DE MARÇO DE 2023._x000D_
 “DISPÕE SOBRE A INSTALAÇÃO EM PRAÇAS E PARQUES PÚBLICOS DE BRINQUEDOS ADAPTADOS E EQUIPAMENTOS ESPECIALMENTE DESENVOLVIDOS PARA LAZER E RECREAÇÃO DE CRIANÇAS COM DEFICIÊNCIA E/OU PORTADORAS DE MOBILIDADE REDUZIDA E NECESSIDADES ESPECIAIS, NO ÂMBITO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_de_iniciativa_no_003-_2023-nome_de_praca_martenor.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_de_iniciativa_no_003-_2023-nome_de_praca_martenor.doc</t>
   </si>
   <si>
     <t>PROJETO LEI DE INICIATIVA Nº 003, DE 08 DE MARÇO DE 2023_x000D_
 DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA PÚBLICA LOCALIZADA NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL-RS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE SERVIÇO PARA TROCAS DE LUMINÁRIAS FLUORESCENTES POR PAINEL LED 36W, TROCAS DE TOMADAS E TROCA DE TOMADA DO AR CONDICIONADO, DA CÂMARA DE VEREADORES DE NOVA ESPERANÇA DO SUL-RS, FORNECENDO TODOS MATERIAIS DE PRIMEIRA LINHA.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/378/parecer_juridico_-_02_-_2023-_dispensa_de_licitacao.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/378/parecer_juridico_-_02_-_2023-_dispensa_de_licitacao.doc</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE (02) DOIS AR CONDICIONADO SPLIT DE PAREDE 18.000 BTU, QUENTE /FRIO, REVERSO, CLASSIFICAÇÃO A.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/379/parecer_juridico_-_03_-_2023-_dispensa_de_licitacao_-_celular.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/379/parecer_juridico_-_03_-_2023-_dispensa_de_licitacao_-_celular.doc</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM APARELHO CELULAR SMARTPHONE PARA A CÂMARA MUNICIPAL DE VEREADORES DE NOVA ESPERANÇA DO SUL-RS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/380/parecer_juridico_-_04_-_2023-_dispensa_de_licitacao_-_frigob.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/380/parecer_juridico_-_04_-_2023-_dispensa_de_licitacao_-_frigob.doc</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE FRIGOBAR PARA SER COLOCADO NO PLENÁRIO DA CÂMARA MUNICIPAL DE VEREADORES DE NOVA ESPERANÇA DO SUL EM SUBSTITUIÇÃO AO BEBEDOURO PARA GARRAFÃO DE 20 L.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/332/projeto_de_decreto_legislativo_-_01-2023.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/332/projeto_de_decreto_legislativo_-_01-2023.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas do Poder Executivo Municipal de Nova Esperança do Sul, referente ao exercício financeiro de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei </t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_de_lei_no_01-2023_-_institui_novo_piso_salarial_para_agentes_comunitarios_de_saude_e_agente_de_combate_a_endemias.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_de_lei_no_01-2023_-_institui_novo_piso_salarial_para_agentes_comunitarios_de_saude_e_agente_de_combate_a_endemias.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01, DE 17 DE JANEIRO DE 2023._x000D_
 DISPÕE SOBRE A INSTITUIÇÃO DO PISO SALARIAL PROFISSIONAL DOS CARGOS DE AGENTE COMUNITÁRIO DE SAÚDE E AGENTE DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_no_02-2023_-_reajuste_vale_alimentacao.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_no_02-2023_-_reajuste_vale_alimentacao.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 02, DE 18 DE JANEIRO DE 2023._x000D_
 ALTERA O ART. 3° DA LEI MUNICIPAL Nº 730, DE 27 DE JUNHO DE 2002.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_no_03-2023_-_autoriza_contrato_temporario_professor_de_educacao_fisica_-_substitui_abilio.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_no_03-2023_-_autoriza_contrato_temporario_professor_de_educacao_fisica_-_substitui_abilio.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 03, DE 13 DE JANEIRO DE 2023_x000D_
 AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE EDUCAÇÃO FÍSICA, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_de_lei_no_04-2023__altera_o__2o_do_art._1o_da_lei_municipal_1578-2015.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_de_lei_no_04-2023__altera_o__2o_do_art._1o_da_lei_municipal_1578-2015.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 04, DE 13 DE JANEIRO DE 2023._x000D_
 ALTERA O § 2º, DO ART. 1º, DA LEI MUNICIPAL Nº 1.578, DE 30 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_de_lei_no_06-2023__altera_o_art._2_i_da_lei_municipal_2022-2022_-_acrescenta_alinea.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_de_lei_no_06-2023__altera_o_art._2_i_da_lei_municipal_2022-2022_-_acrescenta_alinea.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 006, DE 24 DE JANEIRO DE 2023._x000D_
 ACRESCENTA A ALÍNEA “C” AO ARTIGO 2º, INC. I, NA LEI MUNICIPAL Nº 2.022, DE 23 DE NOVEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_de_lei_no_06-2023__altera_o_art._2_i_da_lei_municipal_2022-2022_-_acrescenta_alinea.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_de_lei_no_06-2023__altera_o_art._2_i_da_lei_municipal_2022-2022_-_acrescenta_alinea.doc</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_no_07-2023_-_autoriza_contrato_temporario_professor_de_matematica_-_processo_seletivo_005-21.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_no_07-2023_-_autoriza_contrato_temporario_professor_de_matematica_-_processo_seletivo_005-21.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 07, DE 08 DE FEVEREIRO DE 2023_x000D_
 AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE MATEMÁTICA, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_no_08-2023_-_autoriza_contrato_temporario_professor_de_educacao_especial_-_processo_seletivo_001-22.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_no_08-2023_-_autoriza_contrato_temporario_professor_de_educacao_especial_-_processo_seletivo_001-22.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 08, DE 08 DE FEVEREIRO DE 2023_x000D_
 AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE EDUCAÇÃO ESPECIAL, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_no_09-2023_-_autoriza_a_contratacao_de_01_professor_seres_iniciais_22_horas.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_no_09-2023_-_autoriza_a_contratacao_de_01_professor_seres_iniciais_22_horas.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 09, DE 08 DE FEVEREIRO DE 2023._x000D_
 “AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE ANOS INICIAIS COM CARGA HORÁRIA DE 22 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_no_10-2023_-_autoriza_a_contratacao_de_01_professor_de_educacao_fisica_-_20h_-_abre_processo_seletivo.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_no_10-2023_-_autoriza_a_contratacao_de_01_professor_de_educacao_fisica_-_20h_-_abre_processo_seletivo.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 10, DE 08 DE FEVEREIRO DE 2023._x000D_
 “AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE EDUCAÇÃO FÍSICA COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_no_11-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_no_11-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 11, DE 09 DE FEVEREIRO DE 2023._x000D_
 ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1842, DE 26 DE MARÇO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_n_12-2023_-_revisao_geral_anual_-_executivo_-_2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_n_12-2023_-_revisao_geral_anual_-_executivo_-_2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 12, DE 09 DE FEVEREIRO DE 2023._x000D_
 DISPÕE SOBRE A REVISÃO GERAL ANUAL A SER_x000D_
 CONCEDIDA AOS SERVIDORES PÚBLICOS MUNICIPAIS_x000D_
 RELATIVA AO ANO DE 2023.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei__no_13-2023_-reajuste_agentes_politicos.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei__no_13-2023_-reajuste_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 13, DE 09 DE FEVEREIRO DE 2023._x000D_
 DISPÕE SOBRE A REVISÃO GERAL ANUAL AOS_x000D_
 OCUPANTES DOS CARGOS ELETIVOS DE PREFEITO,_x000D_
 VICE-PREFEITO, VEREADORES E SECRETÁRIOS_x000D_
 MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_no_14-023_renovacao_contrato_030-2021_monitor_de_creche.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_no_14-023_renovacao_contrato_030-2021_monitor_de_creche.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 14, DE 10 DE FEVEREIRO DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 030/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_no_15-023_renovacao_contrato_031-2021_servicos_gerais.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_no_15-023_renovacao_contrato_031-2021_servicos_gerais.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 15, DE 10 DE FEVEREIRO DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 031/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_no_16-023_renovacao_contrato_002-2021_professor_geografia.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_no_16-023_renovacao_contrato_002-2021_professor_geografia.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 16, DE 10 DE FEVEREIRO DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 002/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_no_17-023_renovacao_contrato_003-2021_professora_portugues.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_no_17-023_renovacao_contrato_003-2021_professora_portugues.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 17, DE 10 DE FEVEREIRO DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 003/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_no_18-023_renovacao_contrato_004-2021_professora_ingles.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_no_18-023_renovacao_contrato_004-2021_professora_ingles.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 18, DE 10 DE FEVEREIRO DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 004/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_no_19-023_renovacao_contrato_005-2021_professora_ingles.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_no_19-023_renovacao_contrato_005-2021_professora_ingles.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 19, DE 10 DE FEVEREIRO DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 005/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_no_20-023_renovacao_contrato_010-2022_monitora_de_creche.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_no_20-023_renovacao_contrato_010-2022_monitora_de_creche.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 20, DE 10 DE FEVEREIRO DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 010/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_no_21-2023_-_renovacao_de_contrato_de_enfermeira_-_contrato_001-2020.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_no_21-2023_-_renovacao_de_contrato_de_enfermeira_-_contrato_001-2020.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 21, DE 13 DE FEVEREIRO DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 001/2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_no_22-2023_-_renovacao_de_contrato_de_agente_de_saude_-_contrato_032-2021.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_no_22-2023_-_renovacao_de_contrato_de_agente_de_saude_-_contrato_032-2021.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 22, DE 13 DE FEVEREIRO DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 032/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_no_24-2023_-_autoriza_contratacao_de_02_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_no_24-2023_-_autoriza_contratacao_de_02_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 24, DE 02 DE MARÇO DE 2023. AUTORIZA A CONTRATAÇÃO, EM_x000D_
 CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 02 (DOIS) SERVIDORES PARA O CARGO DE SERVIÇOS GERAIS PARA ATUAREM JUNTO À ESCOLA DE EDUCAÇÃO INFANTIL MARIA MALGARIN FRIZZO, DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_25-2023_-_abre_credito_adicional_especial.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_25-2023_-_abre_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 25, DE 02 DE MARÇO DE 2023. “ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE NOVA ESPERANÇA_x000D_
 DO SUL PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_no_26-2023_-_institui_e_homologa_o_plano_municipal_de_turismo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_no_26-2023_-_institui_e_homologa_o_plano_municipal_de_turismo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 26, DE 02 DE MARÇO DE 2023. INSTITUI E HOMOLOGA O PLANO MUNICIPAL DE TURISMO DE NOVA ESPERANÇA DO SUL,_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_no_27-2023_-_altera_o_art._41_da_lei_1572-2015_-_reeleicao_conselho_tutelar.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_no_27-2023_-_altera_o_art._41_da_lei_1572-2015_-_reeleicao_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 27, DE 13 DE MARÇO DE 2023._x000D_
 ALTERA O ART. 41, DA LEI MUNICIPAL Nº 1.572, DE 28 DE ABRIL DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_no_28-2023_-_refis_2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_no_28-2023_-_refis_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMISSÃO DE JUROS E ANISTIA DA MULTA DAS DÍVIDAS TRIBUTÁRIAS E NÃO TRIBUTÁRIAS INSCRITAS EM DÍVIDA ATIVA, EM COBRANÇA JUDICIAL OU EXTRAJUDICIAL E OUTRAS NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_no_30-2023_-_autoriza_contrato_temporario_professor_de_anos_iniciais_-_processo_seletivo_vigente.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_no_30-2023_-_autoriza_contrato_temporario_professor_de_anos_iniciais_-_processo_seletivo_vigente.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 30, DE 16 DE MARÇO DE 2023._x000D_
 AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE EDUCAÇÃO INFANTIL, COM CARGA HORÁRIA DE 22 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_no_31-2023_-_renovacao_de_contrato_nutricionista_-_contrato_012-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_no_31-2023_-_renovacao_de_contrato_nutricionista_-_contrato_012-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 012/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_no_32-2023_-_renovacao_de_contrato_professor_historia_-_contrato_013-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_no_32-2023_-_renovacao_de_contrato_professor_historia_-_contrato_013-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 013/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_no_33-2023_-_renovacao_de_contrato_monitor_-_contrato_036-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_no_33-2023_-_renovacao_de_contrato_monitor_-_contrato_036-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 036/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_no_34-2023_-_renovacao_de_contrato_monitor_-_contrato_037-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_no_34-2023_-_renovacao_de_contrato_monitor_-_contrato_037-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 037/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_no_35-2023_-_autoriza_contratacao_de_01_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_no_35-2023_-_autoriza_contratacao_de_01_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 02 (DOIS) SERVIDORES PARA O CARGO DE SERVIÇOS GERAIS PARA ATUAREM JUNTO À REDE MUNICIPAL DE ENSINO, DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_no_36-2023_-_autoriza_ajuda_de_custo_aos_artistas_da_terra.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_no_36-2023_-_autoriza_ajuda_de_custo_aos_artistas_da_terra.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CONCEDER PREMIAÇÕES AOS “ARTISTAS DA TERRA” PARTICIPANTES DE EVENTOS CULTURAIS DE NOSSO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei_no_37-2023__acrescenta_o_inciso_iv_ao_art._17_da_lei_rpps.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei_no_37-2023__acrescenta_o_inciso_iv_ao_art._17_da_lei_rpps.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO IV AO ARTIGO 17 DA LEI Nº 1.998, DE 28 DE SETEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei_no_38-2023_-_renovacao_de_contrato_medico_-_contrato_013-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei_no_38-2023_-_renovacao_de_contrato_medico_-_contrato_013-2022.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI No 38, DE 03 DE ABRIL DE 2023._x000D_
 Autoriza O Poder Executivo Municipal A Prorrogar A Vigência Do Contrato Administrativo De Pessoal No 013/2022, E Dá Outras Providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_no_39-2023_-_renovacao_de_contrato_motorista_-_contrato_017-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_no_39-2023_-_renovacao_de_contrato_motorista_-_contrato_017-2022.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI No 39, DE 03 DE ABRIL DE 2023._x000D_
 Autoriza O Poder Executivo Municipal A Prorrogar A Vigência Do Contrato Administrativo De Pessoal No 017/2022, E Dá Outras Providências.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/313/projeto_de_lei_no_40-2023_-_renovacao_de_contrato_farmaceutica_-_contrato_027-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/313/projeto_de_lei_no_40-2023_-_renovacao_de_contrato_farmaceutica_-_contrato_027-2021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI No 40, DE 03 DE ABRIL DE 2023._x000D_
 Autoriza O Poder Executivo Municipal A Prorrogar A Vigência Do Contrato Administrativo De Pessoal No 027/2021, E Dá Outras Providências.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/314/projeto_de_lei_no_41-2023_-_autoriza_contrato_temporario_professor_de_anos_iniciais_-_processo_seletivo_vigente.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/314/projeto_de_lei_no_41-2023_-_autoriza_contrato_temporario_professor_de_anos_iniciais_-_processo_seletivo_vigente.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE EDUCAÇÃO INFANTIL, COM CARGA HORÁRIA DE22 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_no_42-2023_-_autoriza_contratacao_de_01_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_no_42-2023_-_autoriza_contratacao_de_01_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) SERVIDOR PARA O CARGO DE SERVIÇOS GERAIS PARA ATUAR JUNTO À REDE MUNICIPAL DE ENSINO, DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_no_43-2023_-_altera_o_art._2o_da_lei_1833-2021_-_membros_cacs_fundeb.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_no_43-2023_-_altera_o_art._2o_da_lei_1833-2021_-_membros_cacs_fundeb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 43, DE 10 DE ABRIL DE 2023._x000D_
 ALTERA O ART. 2º DA LEI MUNICIPAL Nº 1.833, DE 10 DE MARÇO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_no_44-2023_-_renovacao_de_contrato_tecnica_agropecuaria_-_contrato_012-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_no_44-2023_-_renovacao_de_contrato_tecnica_agropecuaria_-_contrato_012-2022.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 44, DE 14 DE ABRIL DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 012/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_no_45-2023_-_altera_o_art._2o_da_lei_no_2061-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_no_45-2023_-_altera_o_art._2o_da_lei_no_2061-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 45, DE 17 DE ABRIL DE 2023._x000D_
 ALTERA O ART. 2º DA LEI MUNICIPAL 2.061, DE 15 DE FEVEREIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_46-2023_-_altera_anexo_da_lei_2029-2022_e_abre_credito_adicional_especial.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_46-2023_-_altera_anexo_da_lei_2029-2022_e_abre_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 46, DE 19 DE ABRIL DE 2023._x000D_
 “ALTERA O ANEXO DA LEI MUNICIPAL N° 2.029, DE 23 DE NOVEMBRO DE 2022, CRIANDO ATIVIDADES E ABRINDO CRÉDITO ADICIONAL ESPECIAL NO_x000D_
 ORÇAMENTO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_no_47-2023_-_renovacao_de_contrato_servicos_gerais_-_contrato_014-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_no_47-2023_-_renovacao_de_contrato_servicos_gerais_-_contrato_014-2022.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 47, DE 18 DE ABRIL DE 2023._x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 014/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_n_48-2023_-_desafetacao_area_verde_ou_institucional_-_vila_nova.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_n_48-2023_-_desafetacao_area_verde_ou_institucional_-_vila_nova.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 48, DE 19 DE ABRIL DE 2023._x000D_
 DESAFETA DA DESTINAÇÃO DE ÁREA DE USO INSTITUCIONAL O IMÓVEL REGISTRADO NO OFÍCIO DE REGISTRO DE IMÓVEIS DESTA COMARCA SOB A MATRÍCULA Nº 12.945.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_no_49-2023_-_autoriza_aumento_de_carga_horaria_professora_historia.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_no_49-2023_-_autoriza_aumento_de_carga_horaria_professora_historia.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1o DA LEI MUNICIPAL No 1.858, DE 27 DE MAIO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DA LEI MUNICIPAL Nº 722, DE 12 DE ABRIL DE 2002, E DÁ OUTRAS PRO_x0002_VIDÊNCIAS.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_51-2023_-_abre_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_51-2023_-_abre_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ADICIONAL SUPLEMENTAR NO  ORÇAMENTO DO MUNICÍPIO DE NOVA  ESPERANÇA DO SUL PARA O EXERCÍCIO DE 2023,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_no_52-2023_-_autoriza_contrato_temporario_agente_comunitario_de_saude_-_processo_seletivo_vigente.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_no_52-2023_-_autoriza_contrato_temporario_agente_comunitario_de_saude_-_processo_seletivo_vigente.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 (UM) AGENTE COMUNITÁRIO DE SAÚDE PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE SAÚDE</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR CESSÃO DE USO GRATUITO DE IMÓVEL URBANO DE PROPRIEDADE DO MUNICÍPIO À COMPANHIA RIOGRANDENSE DE SANEAMENTO - CORSAN.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_no_55-2023_-_renovacao_do_contrato_015-2021_-_tecnica_em_enfermagem.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_no_55-2023_-_renovacao_do_contrato_015-2021_-_tecnica_em_enfermagem.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 015/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/328/projeto_de_lei_no_56-2023_-_renovacao_do_contrato_39-2021_-_enfermeira.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/328/projeto_de_lei_no_56-2023_-_renovacao_do_contrato_39-2021_-_enfermeira.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 039/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_no_57-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso_ou_processo_seletivo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_no_57-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso_ou_processo_seletivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE EDUCAÇÃO INFANTIL, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_no_58-2023_-_autoriza_contrato_temporario_professor_de_ingles_-_processo_seletivo_vigente.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_no_58-2023_-_autoriza_contrato_temporario_professor_de_ingles_-_processo_seletivo_vigente.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE INGLÊS, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/331/projeto_de_lei_no_59-2023_-_renovacao_do_contrato_010-2018_-_medico_plantonista.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/331/projeto_de_lei_no_59-2023_-_renovacao_do_contrato_010-2018_-_medico_plantonista.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 010/2018, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/334/projeto_de_lei_no_60-2023_-_autoriza_a_contratacao_emergencial_de_motorista_-_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/334/projeto_de_lei_no_60-2023_-_autoriza_a_contratacao_emergencial_de_motorista_-_saude.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 MOTORISTA COM CARGA HORÁRIA DE 40 HORAS SEMANAIS PARA ATUAR JUNTO À SECRETARIA MUNICIPAL DE OBRAS, HABITAÇÃO E SERVIÇOS URBANOS DE NOVA ESPERANÇA DO SUL.”</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/335/projeto_de_lei_no_61-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/335/projeto_de_lei_no_61-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE EDUCAÇÃO INFANTIL, COM CARGA HORÁRIA DE 22 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) MONITOR(A) DE CRECHE.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_no_63-2023_-_autoriza_aumento_de_carga_horaria_professora_educacao_infantil_-_42_horas.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_no_63-2023_-_autoriza_aumento_de_carga_horaria_professora_educacao_infantil_-_42_horas.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E O ART. 1º DA LEI MUNICIPAL Nº 2.082, DE 22 DE MARÇO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/337/projeto_de_lei_no_64-2023_-_autoriza_contrato_temporario_professor_anos_iniciais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/337/projeto_de_lei_no_64-2023_-_autoriza_contrato_temporario_professor_anos_iniciais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE ANOS INICIAIS COM CARGA HORÁRIA DE 22 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_n_65-2023_-_altera_lei_1449-2013_-_composicao_rae.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_n_65-2023_-_altera_lei_1449-2013_-_composicao_rae.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 3º DA LEI MUNICIPAL Nº 1.449, DE 13 DE AGOSTO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_no_66-2023_-_autoriza_contrato_temporario_professor_anos_iniciais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_no_66-2023_-_autoriza_contrato_temporario_professor_anos_iniciais.pdf</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_67-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_67-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso.pdf</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_no_68-2023_-_renovacao_de_contrato_professor_educacao_fisica-_contrato_006-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_no_68-2023_-_renovacao_de_contrato_professor_educacao_fisica-_contrato_006-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 006/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_no_69-2023_-_renovacao_de_contrato_professor_matematica_e_reduz_carga_horaria_-_contrato_001-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_no_69-2023_-_renovacao_de_contrato_professor_matematica_e_reduz_carga_horaria_-_contrato_001-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 001/2022 E REDUZIR A_x000D_
 CARGA HORÁRIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_no_70-2023_-_renovacao_de_contrato_professor_ciencias_-_contrato_002-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_no_70-2023_-_renovacao_de_contrato_professor_ciencias_-_contrato_002-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 002/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_no_71-2023_-_renovacao_de_contrato_professor_assistente_social_caee_-_contrato_003-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_no_71-2023_-_renovacao_de_contrato_professor_assistente_social_caee_-_contrato_003-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 003/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_72-2023_-_renovacao_de_contrato_professor_filosofia_e_reduz_carga_horaria_-_contrato_009-2019.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_72-2023_-_renovacao_de_contrato_professor_filosofia_e_reduz_carga_horaria_-_contrato_009-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 009/2019 E REDUZIR A_x000D_
 CARGA HORÁRIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_no_73-2023_-_renovacao_de_contrato_professor_ingles_-_contrato_007-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_no_73-2023_-_renovacao_de_contrato_professor_ingles_-_contrato_007-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 007/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_no_74-2023_-_renovacao_de_contrato_monitor_-_contrato_009-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_no_74-2023_-_renovacao_de_contrato_monitor_-_contrato_009-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 009/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_no_75-2023_-_renovacao_de_contrato_monitor_-_contrato_010-2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_no_75-2023_-_renovacao_de_contrato_monitor_-_contrato_010-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 010/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_no_76-2023_-_renovacao_de_contrato_servicos_gerais_-_contrato_031-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_no_76-2023_-_renovacao_de_contrato_servicos_gerais_-_contrato_031-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 031/2021, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/355/projeto_de_lei_no_77-2023_-_renovacao_de_contrato_professor_geografia_e_reduz_carga_horaria_-_contrato_002-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/355/projeto_de_lei_no_77-2023_-_renovacao_de_contrato_professor_geografia_e_reduz_carga_horaria_-_contrato_002-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 002/2021 E REDUZIR A CARGA HO_x0002_RÁRIA, E DÁ OUTRAS PROVIDÊN</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/356/projeto_de_lei_no_78-2023_-_renovacao_de_contrato_professor_ingles_e_reduz_carga_horaria_-_contrato_004-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/356/projeto_de_lei_no_78-2023_-_renovacao_de_contrato_professor_ingles_e_reduz_carga_horaria_-_contrato_004-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 004/2021 E REDUZIR A CARGA HO_x0002_RÁRIA, E DÁ OUTRAS PROVIDÊNCIA</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/357/projeto_de_lei_n_79-2023_-_desafetacao_area_verde_ou_institucional_-_rua_santo_antonio.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/357/projeto_de_lei_n_79-2023_-_desafetacao_area_verde_ou_institucional_-_rua_santo_antonio.pdf</t>
   </si>
   <si>
     <t>DESAFETA DA DESTINAÇÃO DE ÁREA DE USO INSTITUCIONAL OS IMÓVEIS REGISTRADOS NO OFÍCIO DE REGISTRO DE IMÓVEIS DESTA COMARCA SOB AS MATRÍCULAS Nº 13.032, Nº 13.033 E Nº 13.034</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/358/projeto_de_lei_n_80-2023_-_altera_lei_2042-2022_-_inclui_matriculas_faltantes_-_alienacao_terrenos.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/358/projeto_de_lei_n_80-2023_-_altera_lei_2042-2022_-_inclui_matriculas_faltantes_-_alienacao_terrenos.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.042, DE 15 DE DEZEMBRO DE 2022, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER A ALIENAÇÃO ONEROSA DE LOTES DE TERRENOS URBANIZADOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL – RS, AOS SORTEADOS CONFORME EDITAL Nº 003/2022, DE DIVULGAÇÃO DO RESULTADO FINAL DO SORTEIO DOS INSCRITOS NO EDITAL Nº 001/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/359/projeto_de_lei_no_81-023_renovacao_contrato_003-2021_professora_portugues.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/359/projeto_de_lei_no_81-023_renovacao_contrato_003-2021_professora_portugues.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 003/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/360/projeto_de_lei_no_82-023_renovacao_contrato_005-2021_professora_ingles.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/360/projeto_de_lei_no_82-023_renovacao_contrato_005-2021_professora_ingles.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 005/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_no_84-023_altera_a_lei_municipal_no_2.042-2022_-_contratos_caixa.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_no_84-023_altera_a_lei_municipal_no_2.042-2022_-_contratos_caixa.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.042, DE 15 DE DEZEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/363/2_projeto_de_lei_no_-_ldo_2024.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/363/2_projeto_de_lei_no_-_ldo_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_de_lei_no_86-2023_-_aliquotas_rpps.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_de_lei_no_86-2023_-_aliquotas_rpps.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 12, 13 E 17 DA LEI MUNICIPAL N.º 1.998, DE 25 DE SETEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/366/projeto_de_lei_no_87-023_programa_minha_casa_minha_vida.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/366/projeto_de_lei_no_87-023_programa_minha_casa_minha_vida.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DE_x0002_SENVOLVER AÇÕES E APORTE DE CON_x0002_TRAPARTIDA MUNICIPAL PARA IMPLE_x0002_MENTAR O PROGRAMA MINHA CASA MI_x0002_NHA VIDA PARA MUNICÍPIO COM ATÉ 80.000 HABITANTES (PREFERENCIAL_x0002_MENTE), CONFORME DISPOSTO NA LEI FEDERAL Nº. 14.620 DE 13 DE JULHO DE 2023, LEI Nº 11.977, DE 07 DE JULHO DE 2009 E PORTARIA Nº 725, DE 05 DE JU_x0002_NHO DE 2023; E AINDA NAS DISPOSI_x0002_ÇÕES DAS INSTRUÇÕES NORMATIVAS DO MINISTÉRIO DAS CIDADES, E DÁ OU_x0002_TRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_de_lei_no_88-023_autoriza_doacao_de_terreno_-_associacao_dos_moradores_da_vila_nova.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_de_lei_no_88-023_autoriza_doacao_de_terreno_-_associacao_dos_moradores_da_vila_nova.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR BEM IMÓVEL PARA A ASSOCIAÇÃO DE MORADORES DO BAIRRO VILA NOVA.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/365/projeto_de_lei_no_89-023_renovacao_contrato_032-2021_agente_comunitario_de_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/365/projeto_de_lei_no_89-023_renovacao_contrato_032-2021_agente_comunitario_de_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 032/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/367/projeto_de_lei_no_90-2023_-_autoriza_aumento_de_carga_horaria_professor_educacao_fisica_-_8_horas.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/367/projeto_de_lei_no_90-2023_-_autoriza_aumento_de_carga_horaria_professor_educacao_fisica_-_8_horas.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E O ART. 1º DA LEI MUNICIPAL Nº 2.078, DE 14 DE MARÇO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_de_lei_no_91-2023_-_aliquotas_rpps.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_de_lei_no_91-2023_-_aliquotas_rpps.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 13 E 17 DA LEI  MUNICIPAL N.º 1.998, DE 25 DE SETEMBRO DE 2022 E  DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/370/projeto_de_lei_no_92-2023_-_renovacao_de_contrato_nutricionista_-_contrato_012-2021.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/370/projeto_de_lei_no_92-2023_-_renovacao_de_contrato_nutricionista_-_contrato_012-2021.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 012/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_no_93-2023_-_renovacao_de_contrato_monitor_-_contrato_036-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_no_93-2023_-_renovacao_de_contrato_monitor_-_contrato_036-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL No 036/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_no_94-2023_-_renovacao_de_contrato_professor_historia_-_contrato_013-2021_-_prorrogavel.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_no_94-2023_-_renovacao_de_contrato_professor_historia_-_contrato_013-2021_-_prorrogavel.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICI_x0002_PAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 013/2021, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/374/projeto_de_lei_no_95-2023_-_renovacao_de_contrato_monitor_-_contrato_037-2021_-_prorrogavel.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/374/projeto_de_lei_no_95-2023_-_renovacao_de_contrato_monitor_-_contrato_037-2021_-_prorrogavel.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS_x0002_TRATIVO DE PESSOAL Nº 037/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A GRATIFICAR SERVIDOR RES_x0002_PONSÁVEL PELO PROGRAMA NACIO_x0002_NAL DE VIGILÂNCIA DA QUALIDADE DA ÁGUA PARA CONSUMO HUMANO (VIGI_x0002_ÁGUA) NO ÂMBITO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, E DÁ OU_x0002_TRAS PROVIDÊNCIA</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/376/1_projeto_de_lei_n_97_loa_2024.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/376/1_projeto_de_lei_n_97_loa_2024.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/384/projeto_de_lei_n_098_2023_insalubridade_1_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/384/projeto_de_lei_n_098_2023_insalubridade_1_.pdf</t>
   </si>
   <si>
     <t>“DEFINE AS ATIVIDADES INSALUBRES PARA EFEITOS DE PERCEPÇÃO DO ADICIONAL CORRESPONDENTE</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_n_99_2023_regime_de_adiantamento_de_numerarios.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_n_99_2023_regime_de_adiantamento_de_numerarios.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O REGIME DE ADIANTAMENTOS DE NUMERÁRIO PARA DESPESAS DE PEQUENO VALOR NO ÂMBITO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS.”</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_n_100_2023_altera_os_paragrafos_do_art_257_da_lei_n_811_2003_ctm.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_n_100_2023_altera_os_paragrafos_do_art_257_da_lei_n_811_2003_ctm.pdf</t>
   </si>
   <si>
     <t>“ALTERA OS PARÁGRAFOS DO ART. 257 DA LEI MUNICIPAL Nº 811, DE 16 DE DEZEMBRO DE 2003.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_n_101_2023_renovacao_de_contrato_professor_matematica_contrato_002_2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_n_101_2023_renovacao_de_contrato_professor_matematica_contrato_002_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 002/2023, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_n_102_2023_renovacao_de_contrato_dentista_contrato_001_2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_n_102_2023_renovacao_de_contrato_dentista_contrato_001_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 001/2023, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/389/projeto_de_lei_n_103_2023_calendario_de_eventos_2024.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/389/projeto_de_lei_n_103_2023_calendario_de_eventos_2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O ANO DE 2024.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_de_lei_n_104_2023_altera_os_arts_113_e_211_da_lei_106_91_estatuto_servidor_concede_folga_aniversario_e_altera_licenca_adotante.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_de_lei_n_104_2023_altera_os_arts_113_e_211_da_lei_106_91_estatuto_servidor_concede_folga_aniversario_e_altera_licenca_adotante.pdf</t>
   </si>
   <si>
     <t>“ALTERA OS ARTIGOS 113 E 211, AMBOS DA LEI Nº 106, DE 26 DE ABRIL DE 1991.”</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/390/projeto_de_lei_n_105_023_altera_a_lei_municipal_n_2_042_2022_autoriza_transferencia.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/390/projeto_de_lei_n_105_023_altera_a_lei_municipal_n_2_042_2022_autoriza_transferencia.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 7º E  8º DA LEI MUNICIPAL Nº 2.042, DE 15 DE  DEZEMBRO DE 2022, E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>“INSTITUI A POLÍTICA DE INCENTIVOÀ PARTICIPAÇÃO DE EMPRESASLOCAIS EM FEIRAS SETORIAIS, E DÁOUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_n_107_2023_autoriza_aumento_de_carga_horaria_professora_educacao_fisica_5_horas.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_n_107_2023_autoriza_aumento_de_carga_horaria_professora_educacao_fisica_5_horas.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1.945, DE 16 DE FEVEREIRO DE 2022</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_n_108_2023_autoriza_contrato_temporario_professor_de_geografia.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_n_108_2023_autoriza_contrato_temporario_professor_de_geografia.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE GEOGRAFIA, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/394/projeto_de_lei_n_109_023_autoriza_doacao_de_terreno_posteiros_da_guajuvira_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/394/projeto_de_lei_n_109_023_autoriza_doacao_de_terreno_posteiros_da_guajuvira_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR BEM IMÓVEL PARA O PIQUETE DE LAÇADORES POSTEIROS DA GUAJUVIRA.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/395/projeto_de_lei_n_110_2022_altera_a_lei_1_251_2010_aumento_ipergs.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/395/projeto_de_lei_n_110_2022_altera_a_lei_1_251_2010_aumento_ipergs.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART. 4º, DA LEI MUNICIPAL Nº 1.251, DE 24 DE AGOSTO DE 2010.”</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 8º DA LEI MUNICIPAL Nº 2.042, DE 15 DE DEZEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_n_113_2023_autoriza_aumento_de_carga_horaria_professora_10_horas_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_n_113_2023_autoriza_aumento_de_carga_horaria_professora_10_horas_2_.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E O ART. 1º DA LEI MUNICIPAL Nº 2.065, DE 28 DE FEVEREIRO DE 2023</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/402/projeto_de_lei_n_114_2023_altera_o_art_7_da_lei_1_130_de_2009_bolsa_estagiarios_medio_pos_medio_graduacao_3_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/402/projeto_de_lei_n_114_2023_altera_o_art_7_da_lei_1_130_de_2009_bolsa_estagiarios_medio_pos_medio_graduacao_3_.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 7º, DA LEI N.º 1.130, DE 14 DE JULHO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_n_115_2013_denomina_ruas_municipais_loteamentos_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_n_115_2013_denomina_ruas_municipais_loteamentos_2_.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_117_2023_sancionado.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_117_2023_sancionado.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4o, CAPUT, DA LEI MUNICIPAL No 1.656, DE 27 DE DEZEMBRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_complementar_no_01-2023_-_revoga_o_art._18_la_lei_complementar_02-2012.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_complementar_no_01-2023_-_revoga_o_art._18_la_lei_complementar_02-2012.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 01, DE 18 DE JANEIRO DE 2023. REVOGA O ART. 18 E SEUS PARÁGRAFOS 1º, 2º, 3º E 4º, DA LEI COMPLEMENTAR Nº 02, DE 04 DE ABRIL DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_complementar_no_02-2023_-_altera_nomenclatura_e_atribuicoes_do_cargo_de_monitor_de_creche.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_complementar_no_02-2023_-_altera_nomenclatura_e_atribuicoes_do_cargo_de_monitor_de_creche.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 02, DE 30 DE JANEIRO DE 2023._x000D_
 ALTERA A NOMENCLATURA E AS ATRIBUIÇÕES DO CARGO DE MONITOR DE CRECHE, PREVISTOS NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO, DO ART. 3º E ANEXO I, DA LEI COMPLEMENTAR Nº 02, DE 04 DE ABRIL DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_complementar_no_03-2022_-_altera_plano_de_carreira_-_cria_o_cargo_de_chefe_de_manutencao_dos_servicos_urbanos_cc2.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_complementar_no_03-2022_-_altera_plano_de_carreira_-_cria_o_cargo_de_chefe_de_manutencao_dos_servicos_urbanos_cc2.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 03, DE 09 DE MARÇO DE 2023._x000D_
 DECLARA A EXTINÇÃO DO CARGO DE CHEFE DO SERVIÇO DE LIMPEZA URBANA E RURAL E CRIA O CARGO DE CHEFE DO SERVIÇO DE MANUTENÇÃO_x000D_
 DAS VIAS URBANAS, NO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_complementar_no_04-2023_-__altera_a_lei_complementar_02-2012_-_carga_horaria_psicologas.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_complementar_no_04-2023_-__altera_a_lei_complementar_02-2012_-_carga_horaria_psicologas.pdf</t>
   </si>
   <si>
     <t>“ALTERA O QUADRO DE CARGOS DA CATEGORIA FUNCIONAL DE PSICÓLOGO(A) NO QUADRO DE CARGOS DE PROVIMENTOS EFETIVO, DO ART. 3º, E AS ATRIBUIÇÕES, NO ANEXO I, DA LEI COMPLEMENTAR Nº 02, DE 04 DE ABRIL DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_complementar_no_05-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_para_monitor_de_creche.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_complementar_no_05-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_para_monitor_de_creche.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º, DA LEI COMPLEMENTAR MUNICIPAL Nº 02, DE 04 DE ABRIL DE 2012, COM A CRIAÇÃO DE 01 (UMA) VAGA PARA O CARGO DE MONITOR DE CRECHE DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA ATUAR NA REDE MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_complementar_no_06-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_agente_administrativo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_complementar_no_06-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_agente_administrativo.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º, DA LEI COMPLEMENTAR MUNICIPAL Nº 02, DE 04 DE ABRIL DE 2012, COM A CRIAÇÃO DE 01 (UMA) VAGA PARA O CARGO DE AGENTE ADMINISTRATIVO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA ATUAR NO SETOR DE TESOURARIA DA SECRETARIA MUNICIPAL DA FAZENDA E PLANEJAMENTO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_complementar_no_07-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vaga_para_monitor_ciep.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_complementar_no_07-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vaga_para_monitor_ciep.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º, DA LEI COMPLEMENTAR MUNICIPAL Nº 02, DE 04 DE ABRIL DE 2012, COM A CRIAÇÃO DE 01 (UMA) VAGA PARA O CARGO DE MONITOR DE CRECHE DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA ATUAR NO CIEP LEONEL DE MOURA BRIZOLA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_complementar_no_08-2023_-_piso_enfermagem.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_complementar_no_08-2023_-_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A REPASSAR OS RECURSOS PROVENIENTES DA UNIÃO PARA COMPLEMENTAÇÃO DA REMUNERAÇÃO DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM E DO AUXILIAR DE ENFERMAGEM</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/396/projeto_de_lei_complementar_n_09_2023_altera_plano_de_carreira_altera_o_quadro_de_servidores_efetivos_abre_vaga_para_monitor_ciep.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/396/projeto_de_lei_complementar_n_09_2023_altera_plano_de_carreira_altera_o_quadro_de_servidores_efetivos_abre_vaga_para_monitor_ciep.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º, DA LEI COMPLEMENTAR MUNICIPAL Nº 02, DE 04 DE ABRIL DE 2012, COM A CRIAÇÃO DE 01 (UMA) VAGA PARA O CARGO DE MONITOR DE CRECHE DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_de_lei_complementar_n_10_2023_altera_plano_de_carreira_altera_o_quadro_de_cargos_de_servidores_efetivos_abre_vaga_operario_para_o_cemiterio_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_de_lei_complementar_n_10_2023_altera_plano_de_carreira_altera_o_quadro_de_cargos_de_servidores_efetivos_abre_vaga_operario_para_o_cemiterio_2_.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º, DA LEI COMPLEMENTAR MUNICIPAL Nº 02, DE 04 DE ABRIL DE 2012, COM A CRIAÇÃO DE UMA VAGA PARA O CARGO DE OPERÁRIO PARA ATUAR NO CEMITÉRIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/406/plc_11_2023_assinado.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/406/plc_11_2023_assinado.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE CHEFE DO SERVIÇO DE ZELADORIA DO CEMITÉRIO MUNICIPAL, NO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES_x000D_
 GRATIFICADAS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_resolucao_01-2023-_abre_credito_suplementar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_resolucao_01-2023-_abre_credito_suplementar.doc</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 01/2023_x000D_
 “ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO PODER LEGISLATIVO MUNICIPAL PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_resolucao_02-2023_-_regulamenta_lei_de_licitacoes.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_resolucao_02-2023_-_regulamenta_lei_de_licitacoes.doc</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 02/2023. “REGULAMENTA O ENQUADRAMENTO DE PRODUTOS COMUNS E DE LUXO E OS PROCESSOS DE CONTRATAÇÃO DIRETA ESTABELECIDOS NA LEI N.º 14.133, DE 1º DE ABRIL DE 2021, QUE DISPÕE SOBRE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS, NO ÂMBITO DO PODER LEGISLATIVO DE NOVA ESPERANÇA DO SUL – RS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_resolucao_03-2023-_abre_credito_suplementar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_resolucao_03-2023-_abre_credito_suplementar.doc</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO PODER LEGISLATIVO MUNICIPAL PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_resolucao_04-2023_-_acrescenta_artigo_a_resolucao_que_regulamenta_lei_de_licitacoes.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_resolucao_04-2023_-_acrescenta_artigo_a_resolucao_que_regulamenta_lei_de_licitacoes.doc</t>
   </si>
   <si>
     <t>ACRESCENTA OS ARTIGO 20-A, 20-B E O § 4º AO ARTIGO 17 À RESOLUÇÃO Nº 002, DE 13 DE MARÇO DE 2023.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_resolucao_05-2023-_abre_credito_suplementar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_resolucao_05-2023-_abre_credito_suplementar.doc</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO PODER LEGISLATIVO MUNICIPAL PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/404/projeto_de_resolucao_06-2023-_abre_credito_suplementar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/404/projeto_de_resolucao_06-2023-_abre_credito_suplementar.doc</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_substitutivo_01-2023_ao_projeto_de_lei_no_03-2023_-_autoriza_contrato_temporario_de_professor_de_educacao_fisica_-_substitui_lidi_-_chama_do_processo_seletivo_005-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_substitutivo_01-2023_ao_projeto_de_lei_no_03-2023_-_autoriza_contrato_temporario_de_professor_de_educacao_fisica_-_substitui_lidi_-_chama_do_processo_seletivo_005-2021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO Nº 01/2023 AO PROJETO DE LEI Nº 03, DE 13 DE JANEIRO DE 2023. AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE EDUCAÇÃO FÍSICA, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_substitutivo_02-2023_ao_projeto_de_lei_no_10-2023_-_autoriza_contrato_temporario_de_professor_de_educacao_fisica_-_substitui_abilio_-_novo_processo_sel_-_esse.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_substitutivo_02-2023_ao_projeto_de_lei_no_10-2023_-_autoriza_contrato_temporario_de_professor_de_educacao_fisica_-_substitui_abilio_-_novo_processo_sel_-_esse.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO Nº 02/2023 AO PROJETO DE LEI Nº 10, DE 08 DE FEVEREIRO DE 2023. AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE EDUCAÇÃO FÍSICA COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2078,51 +2078,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/333/emenda_aditiva_01-2023-_ao_projeto_de_lei_no_50-2023.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/397/emenda_aditiva_02-2023-_ao_projeto_de_lei_no_103-2023.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/279/projeto_de_lei_de_iniciativa_no_001_-_2023_-_revisao_geral_-_servidores.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_de_iniciativa_no_02-2023_-__brinquedos.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_de_iniciativa_no_003-_2023-nome_de_praca_martenor.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/378/parecer_juridico_-_02_-_2023-_dispensa_de_licitacao.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/379/parecer_juridico_-_03_-_2023-_dispensa_de_licitacao_-_celular.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/380/parecer_juridico_-_04_-_2023-_dispensa_de_licitacao_-_frigob.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/332/projeto_de_decreto_legislativo_-_01-2023.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_de_lei_no_01-2023_-_institui_novo_piso_salarial_para_agentes_comunitarios_de_saude_e_agente_de_combate_a_endemias.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_no_02-2023_-_reajuste_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_no_03-2023_-_autoriza_contrato_temporario_professor_de_educacao_fisica_-_substitui_abilio.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_de_lei_no_04-2023__altera_o__2o_do_art._1o_da_lei_municipal_1578-2015.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_de_lei_no_06-2023__altera_o_art._2_i_da_lei_municipal_2022-2022_-_acrescenta_alinea.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_de_lei_no_06-2023__altera_o_art._2_i_da_lei_municipal_2022-2022_-_acrescenta_alinea.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_no_07-2023_-_autoriza_contrato_temporario_professor_de_matematica_-_processo_seletivo_005-21.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_no_08-2023_-_autoriza_contrato_temporario_professor_de_educacao_especial_-_processo_seletivo_001-22.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_no_09-2023_-_autoriza_a_contratacao_de_01_professor_seres_iniciais_22_horas.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_no_10-2023_-_autoriza_a_contratacao_de_01_professor_de_educacao_fisica_-_20h_-_abre_processo_seletivo.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_n_12-2023_-_revisao_geral_anual_-_executivo_-_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei__no_13-2023_-reajuste_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_no_14-023_renovacao_contrato_030-2021_monitor_de_creche.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_no_15-023_renovacao_contrato_031-2021_servicos_gerais.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_no_16-023_renovacao_contrato_002-2021_professor_geografia.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_no_17-023_renovacao_contrato_003-2021_professora_portugues.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_no_18-023_renovacao_contrato_004-2021_professora_ingles.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_no_19-023_renovacao_contrato_005-2021_professora_ingles.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_no_20-023_renovacao_contrato_010-2022_monitora_de_creche.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_no_21-2023_-_renovacao_de_contrato_de_enfermeira_-_contrato_001-2020.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_no_22-2023_-_renovacao_de_contrato_de_agente_de_saude_-_contrato_032-2021.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_no_24-2023_-_autoriza_contratacao_de_02_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_25-2023_-_abre_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_no_26-2023_-_institui_e_homologa_o_plano_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_no_27-2023_-_altera_o_art._41_da_lei_1572-2015_-_reeleicao_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_no_28-2023_-_refis_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_no_30-2023_-_autoriza_contrato_temporario_professor_de_anos_iniciais_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_no_31-2023_-_renovacao_de_contrato_nutricionista_-_contrato_012-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_no_32-2023_-_renovacao_de_contrato_professor_historia_-_contrato_013-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_no_33-2023_-_renovacao_de_contrato_monitor_-_contrato_036-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_no_34-2023_-_renovacao_de_contrato_monitor_-_contrato_037-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_no_35-2023_-_autoriza_contratacao_de_01_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_no_36-2023_-_autoriza_ajuda_de_custo_aos_artistas_da_terra.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei_no_37-2023__acrescenta_o_inciso_iv_ao_art._17_da_lei_rpps.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei_no_38-2023_-_renovacao_de_contrato_medico_-_contrato_013-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_no_39-2023_-_renovacao_de_contrato_motorista_-_contrato_017-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/313/projeto_de_lei_no_40-2023_-_renovacao_de_contrato_farmaceutica_-_contrato_027-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/314/projeto_de_lei_no_41-2023_-_autoriza_contrato_temporario_professor_de_anos_iniciais_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_no_42-2023_-_autoriza_contratacao_de_01_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_no_43-2023_-_altera_o_art._2o_da_lei_1833-2021_-_membros_cacs_fundeb.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_no_44-2023_-_renovacao_de_contrato_tecnica_agropecuaria_-_contrato_012-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_no_45-2023_-_altera_o_art._2o_da_lei_no_2061-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_46-2023_-_altera_anexo_da_lei_2029-2022_e_abre_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_no_47-2023_-_renovacao_de_contrato_servicos_gerais_-_contrato_014-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_n_48-2023_-_desafetacao_area_verde_ou_institucional_-_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_no_49-2023_-_autoriza_aumento_de_carga_horaria_professora_historia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_51-2023_-_abre_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_no_52-2023_-_autoriza_contrato_temporario_agente_comunitario_de_saude_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_no_55-2023_-_renovacao_do_contrato_015-2021_-_tecnica_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/328/projeto_de_lei_no_56-2023_-_renovacao_do_contrato_39-2021_-_enfermeira.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_no_57-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso_ou_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_no_58-2023_-_autoriza_contrato_temporario_professor_de_ingles_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/331/projeto_de_lei_no_59-2023_-_renovacao_do_contrato_010-2018_-_medico_plantonista.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/334/projeto_de_lei_no_60-2023_-_autoriza_a_contratacao_emergencial_de_motorista_-_saude.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/335/projeto_de_lei_no_61-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_no_63-2023_-_autoriza_aumento_de_carga_horaria_professora_educacao_infantil_-_42_horas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/337/projeto_de_lei_no_64-2023_-_autoriza_contrato_temporario_professor_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_n_65-2023_-_altera_lei_1449-2013_-_composicao_rae.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_no_66-2023_-_autoriza_contrato_temporario_professor_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_67-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_no_68-2023_-_renovacao_de_contrato_professor_educacao_fisica-_contrato_006-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_no_69-2023_-_renovacao_de_contrato_professor_matematica_e_reduz_carga_horaria_-_contrato_001-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_no_70-2023_-_renovacao_de_contrato_professor_ciencias_-_contrato_002-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_no_71-2023_-_renovacao_de_contrato_professor_assistente_social_caee_-_contrato_003-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_72-2023_-_renovacao_de_contrato_professor_filosofia_e_reduz_carga_horaria_-_contrato_009-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_no_73-2023_-_renovacao_de_contrato_professor_ingles_-_contrato_007-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_no_74-2023_-_renovacao_de_contrato_monitor_-_contrato_009-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_no_75-2023_-_renovacao_de_contrato_monitor_-_contrato_010-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_no_76-2023_-_renovacao_de_contrato_servicos_gerais_-_contrato_031-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/355/projeto_de_lei_no_77-2023_-_renovacao_de_contrato_professor_geografia_e_reduz_carga_horaria_-_contrato_002-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/356/projeto_de_lei_no_78-2023_-_renovacao_de_contrato_professor_ingles_e_reduz_carga_horaria_-_contrato_004-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/357/projeto_de_lei_n_79-2023_-_desafetacao_area_verde_ou_institucional_-_rua_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/358/projeto_de_lei_n_80-2023_-_altera_lei_2042-2022_-_inclui_matriculas_faltantes_-_alienacao_terrenos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/359/projeto_de_lei_no_81-023_renovacao_contrato_003-2021_professora_portugues.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/360/projeto_de_lei_no_82-023_renovacao_contrato_005-2021_professora_ingles.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_no_84-023_altera_a_lei_municipal_no_2.042-2022_-_contratos_caixa.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/363/2_projeto_de_lei_no_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_de_lei_no_86-2023_-_aliquotas_rpps.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/366/projeto_de_lei_no_87-023_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_de_lei_no_88-023_autoriza_doacao_de_terreno_-_associacao_dos_moradores_da_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/365/projeto_de_lei_no_89-023_renovacao_contrato_032-2021_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/367/projeto_de_lei_no_90-2023_-_autoriza_aumento_de_carga_horaria_professor_educacao_fisica_-_8_horas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_de_lei_no_91-2023_-_aliquotas_rpps.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/370/projeto_de_lei_no_92-2023_-_renovacao_de_contrato_nutricionista_-_contrato_012-2021.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_no_93-2023_-_renovacao_de_contrato_monitor_-_contrato_036-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_no_94-2023_-_renovacao_de_contrato_professor_historia_-_contrato_013-2021_-_prorrogavel.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/374/projeto_de_lei_no_95-2023_-_renovacao_de_contrato_monitor_-_contrato_037-2021_-_prorrogavel.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/376/1_projeto_de_lei_n_97_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/384/projeto_de_lei_n_098_2023_insalubridade_1_.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_n_99_2023_regime_de_adiantamento_de_numerarios.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_n_100_2023_altera_os_paragrafos_do_art_257_da_lei_n_811_2003_ctm.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_n_101_2023_renovacao_de_contrato_professor_matematica_contrato_002_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_n_102_2023_renovacao_de_contrato_dentista_contrato_001_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/389/projeto_de_lei_n_103_2023_calendario_de_eventos_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_de_lei_n_104_2023_altera_os_arts_113_e_211_da_lei_106_91_estatuto_servidor_concede_folga_aniversario_e_altera_licenca_adotante.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/390/projeto_de_lei_n_105_023_altera_a_lei_municipal_n_2_042_2022_autoriza_transferencia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_n_107_2023_autoriza_aumento_de_carga_horaria_professora_educacao_fisica_5_horas.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_n_108_2023_autoriza_contrato_temporario_professor_de_geografia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/394/projeto_de_lei_n_109_023_autoriza_doacao_de_terreno_posteiros_da_guajuvira_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/395/projeto_de_lei_n_110_2022_altera_a_lei_1_251_2010_aumento_ipergs.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_n_113_2023_autoriza_aumento_de_carga_horaria_professora_10_horas_2_.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/402/projeto_de_lei_n_114_2023_altera_o_art_7_da_lei_1_130_de_2009_bolsa_estagiarios_medio_pos_medio_graduacao_3_.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_n_115_2013_denomina_ruas_municipais_loteamentos_2_.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_117_2023_sancionado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_complementar_no_01-2023_-_revoga_o_art._18_la_lei_complementar_02-2012.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_complementar_no_02-2023_-_altera_nomenclatura_e_atribuicoes_do_cargo_de_monitor_de_creche.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_complementar_no_03-2022_-_altera_plano_de_carreira_-_cria_o_cargo_de_chefe_de_manutencao_dos_servicos_urbanos_cc2.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_complementar_no_04-2023_-__altera_a_lei_complementar_02-2012_-_carga_horaria_psicologas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_complementar_no_05-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_para_monitor_de_creche.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_complementar_no_06-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_complementar_no_07-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vaga_para_monitor_ciep.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_complementar_no_08-2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/396/projeto_de_lei_complementar_n_09_2023_altera_plano_de_carreira_altera_o_quadro_de_servidores_efetivos_abre_vaga_para_monitor_ciep.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_de_lei_complementar_n_10_2023_altera_plano_de_carreira_altera_o_quadro_de_cargos_de_servidores_efetivos_abre_vaga_operario_para_o_cemiterio_2_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/406/plc_11_2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_resolucao_01-2023-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_resolucao_02-2023_-_regulamenta_lei_de_licitacoes.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_resolucao_03-2023-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_resolucao_04-2023_-_acrescenta_artigo_a_resolucao_que_regulamenta_lei_de_licitacoes.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_resolucao_05-2023-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/404/projeto_de_resolucao_06-2023-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_substitutivo_01-2023_ao_projeto_de_lei_no_03-2023_-_autoriza_contrato_temporario_de_professor_de_educacao_fisica_-_substitui_lidi_-_chama_do_processo_seletivo_005-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_substitutivo_02-2023_ao_projeto_de_lei_no_10-2023_-_autoriza_contrato_temporario_de_professor_de_educacao_fisica_-_substitui_abilio_-_novo_processo_sel_-_esse.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/333/emenda_aditiva_01-2023-_ao_projeto_de_lei_no_50-2023.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/397/emenda_aditiva_02-2023-_ao_projeto_de_lei_no_103-2023.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/279/projeto_de_lei_de_iniciativa_no_001_-_2023_-_revisao_geral_-_servidores.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_de_iniciativa_no_02-2023_-__brinquedos.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_de_iniciativa_no_003-_2023-nome_de_praca_martenor.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/378/parecer_juridico_-_02_-_2023-_dispensa_de_licitacao.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/379/parecer_juridico_-_03_-_2023-_dispensa_de_licitacao_-_celular.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/380/parecer_juridico_-_04_-_2023-_dispensa_de_licitacao_-_frigob.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/332/projeto_de_decreto_legislativo_-_01-2023.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_de_lei_no_01-2023_-_institui_novo_piso_salarial_para_agentes_comunitarios_de_saude_e_agente_de_combate_a_endemias.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_no_02-2023_-_reajuste_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_no_03-2023_-_autoriza_contrato_temporario_professor_de_educacao_fisica_-_substitui_abilio.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_de_lei_no_04-2023__altera_o__2o_do_art._1o_da_lei_municipal_1578-2015.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_de_lei_no_06-2023__altera_o_art._2_i_da_lei_municipal_2022-2022_-_acrescenta_alinea.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_de_lei_no_06-2023__altera_o_art._2_i_da_lei_municipal_2022-2022_-_acrescenta_alinea.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_no_07-2023_-_autoriza_contrato_temporario_professor_de_matematica_-_processo_seletivo_005-21.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_no_08-2023_-_autoriza_contrato_temporario_professor_de_educacao_especial_-_processo_seletivo_001-22.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_no_09-2023_-_autoriza_a_contratacao_de_01_professor_seres_iniciais_22_horas.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_no_10-2023_-_autoriza_a_contratacao_de_01_professor_de_educacao_fisica_-_20h_-_abre_processo_seletivo.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_n_12-2023_-_revisao_geral_anual_-_executivo_-_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei__no_13-2023_-reajuste_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_no_14-023_renovacao_contrato_030-2021_monitor_de_creche.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_no_15-023_renovacao_contrato_031-2021_servicos_gerais.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_no_16-023_renovacao_contrato_002-2021_professor_geografia.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_no_17-023_renovacao_contrato_003-2021_professora_portugues.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_no_18-023_renovacao_contrato_004-2021_professora_ingles.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_no_19-023_renovacao_contrato_005-2021_professora_ingles.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_no_20-023_renovacao_contrato_010-2022_monitora_de_creche.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_no_21-2023_-_renovacao_de_contrato_de_enfermeira_-_contrato_001-2020.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_no_22-2023_-_renovacao_de_contrato_de_agente_de_saude_-_contrato_032-2021.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_no_24-2023_-_autoriza_contratacao_de_02_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_25-2023_-_abre_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_no_26-2023_-_institui_e_homologa_o_plano_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_no_27-2023_-_altera_o_art._41_da_lei_1572-2015_-_reeleicao_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_no_28-2023_-_refis_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_no_30-2023_-_autoriza_contrato_temporario_professor_de_anos_iniciais_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_no_31-2023_-_renovacao_de_contrato_nutricionista_-_contrato_012-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/306/projeto_de_lei_no_32-2023_-_renovacao_de_contrato_professor_historia_-_contrato_013-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei_no_33-2023_-_renovacao_de_contrato_monitor_-_contrato_036-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_no_34-2023_-_renovacao_de_contrato_monitor_-_contrato_037-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_no_35-2023_-_autoriza_contratacao_de_01_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_no_36-2023_-_autoriza_ajuda_de_custo_aos_artistas_da_terra.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei_no_37-2023__acrescenta_o_inciso_iv_ao_art._17_da_lei_rpps.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei_no_38-2023_-_renovacao_de_contrato_medico_-_contrato_013-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_no_39-2023_-_renovacao_de_contrato_motorista_-_contrato_017-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/313/projeto_de_lei_no_40-2023_-_renovacao_de_contrato_farmaceutica_-_contrato_027-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/314/projeto_de_lei_no_41-2023_-_autoriza_contrato_temporario_professor_de_anos_iniciais_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_no_42-2023_-_autoriza_contratacao_de_01_servicos_gerais_-_emei_-_vaga_do_concurso_ou_novo_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_no_43-2023_-_altera_o_art._2o_da_lei_1833-2021_-_membros_cacs_fundeb.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_no_44-2023_-_renovacao_de_contrato_tecnica_agropecuaria_-_contrato_012-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_no_45-2023_-_altera_o_art._2o_da_lei_no_2061-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_46-2023_-_altera_anexo_da_lei_2029-2022_e_abre_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_no_47-2023_-_renovacao_de_contrato_servicos_gerais_-_contrato_014-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_n_48-2023_-_desafetacao_area_verde_ou_institucional_-_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_no_49-2023_-_autoriza_aumento_de_carga_horaria_professora_historia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_51-2023_-_abre_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_no_52-2023_-_autoriza_contrato_temporario_agente_comunitario_de_saude_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_no_55-2023_-_renovacao_do_contrato_015-2021_-_tecnica_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/328/projeto_de_lei_no_56-2023_-_renovacao_do_contrato_39-2021_-_enfermeira.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_no_57-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso_ou_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_no_58-2023_-_autoriza_contrato_temporario_professor_de_ingles_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/331/projeto_de_lei_no_59-2023_-_renovacao_do_contrato_010-2018_-_medico_plantonista.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/334/projeto_de_lei_no_60-2023_-_autoriza_a_contratacao_emergencial_de_motorista_-_saude.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/335/projeto_de_lei_no_61-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_no_63-2023_-_autoriza_aumento_de_carga_horaria_professora_educacao_infantil_-_42_horas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/337/projeto_de_lei_no_64-2023_-_autoriza_contrato_temporario_professor_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_n_65-2023_-_altera_lei_1449-2013_-_composicao_rae.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_no_66-2023_-_autoriza_contrato_temporario_professor_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_67-2023_-_autoriza_contrato_temporario_professor_de_educacao_infantil_-_concurso.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_no_68-2023_-_renovacao_de_contrato_professor_educacao_fisica-_contrato_006-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_no_69-2023_-_renovacao_de_contrato_professor_matematica_e_reduz_carga_horaria_-_contrato_001-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_no_70-2023_-_renovacao_de_contrato_professor_ciencias_-_contrato_002-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_no_71-2023_-_renovacao_de_contrato_professor_assistente_social_caee_-_contrato_003-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_72-2023_-_renovacao_de_contrato_professor_filosofia_e_reduz_carga_horaria_-_contrato_009-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_no_73-2023_-_renovacao_de_contrato_professor_ingles_-_contrato_007-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_no_74-2023_-_renovacao_de_contrato_monitor_-_contrato_009-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_no_75-2023_-_renovacao_de_contrato_monitor_-_contrato_010-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_no_76-2023_-_renovacao_de_contrato_servicos_gerais_-_contrato_031-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/355/projeto_de_lei_no_77-2023_-_renovacao_de_contrato_professor_geografia_e_reduz_carga_horaria_-_contrato_002-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/356/projeto_de_lei_no_78-2023_-_renovacao_de_contrato_professor_ingles_e_reduz_carga_horaria_-_contrato_004-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/357/projeto_de_lei_n_79-2023_-_desafetacao_area_verde_ou_institucional_-_rua_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/358/projeto_de_lei_n_80-2023_-_altera_lei_2042-2022_-_inclui_matriculas_faltantes_-_alienacao_terrenos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/359/projeto_de_lei_no_81-023_renovacao_contrato_003-2021_professora_portugues.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/360/projeto_de_lei_no_82-023_renovacao_contrato_005-2021_professora_ingles.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_no_84-023_altera_a_lei_municipal_no_2.042-2022_-_contratos_caixa.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/363/2_projeto_de_lei_no_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_de_lei_no_86-2023_-_aliquotas_rpps.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/366/projeto_de_lei_no_87-023_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_de_lei_no_88-023_autoriza_doacao_de_terreno_-_associacao_dos_moradores_da_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/365/projeto_de_lei_no_89-023_renovacao_contrato_032-2021_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/367/projeto_de_lei_no_90-2023_-_autoriza_aumento_de_carga_horaria_professor_educacao_fisica_-_8_horas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_de_lei_no_91-2023_-_aliquotas_rpps.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/370/projeto_de_lei_no_92-2023_-_renovacao_de_contrato_nutricionista_-_contrato_012-2021.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_no_93-2023_-_renovacao_de_contrato_monitor_-_contrato_036-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_no_94-2023_-_renovacao_de_contrato_professor_historia_-_contrato_013-2021_-_prorrogavel.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/374/projeto_de_lei_no_95-2023_-_renovacao_de_contrato_monitor_-_contrato_037-2021_-_prorrogavel.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/376/1_projeto_de_lei_n_97_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/384/projeto_de_lei_n_098_2023_insalubridade_1_.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_n_99_2023_regime_de_adiantamento_de_numerarios.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_n_100_2023_altera_os_paragrafos_do_art_257_da_lei_n_811_2003_ctm.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/387/projeto_de_lei_n_101_2023_renovacao_de_contrato_professor_matematica_contrato_002_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/388/projeto_de_lei_n_102_2023_renovacao_de_contrato_dentista_contrato_001_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/389/projeto_de_lei_n_103_2023_calendario_de_eventos_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/391/projeto_de_lei_n_104_2023_altera_os_arts_113_e_211_da_lei_106_91_estatuto_servidor_concede_folga_aniversario_e_altera_licenca_adotante.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/390/projeto_de_lei_n_105_023_altera_a_lei_municipal_n_2_042_2022_autoriza_transferencia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_n_107_2023_autoriza_aumento_de_carga_horaria_professora_educacao_fisica_5_horas.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_n_108_2023_autoriza_contrato_temporario_professor_de_geografia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/394/projeto_de_lei_n_109_023_autoriza_doacao_de_terreno_posteiros_da_guajuvira_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/395/projeto_de_lei_n_110_2022_altera_a_lei_1_251_2010_aumento_ipergs.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_n_113_2023_autoriza_aumento_de_carga_horaria_professora_10_horas_2_.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/402/projeto_de_lei_n_114_2023_altera_o_art_7_da_lei_1_130_de_2009_bolsa_estagiarios_medio_pos_medio_graduacao_3_.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_n_115_2013_denomina_ruas_municipais_loteamentos_2_.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_117_2023_sancionado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_complementar_no_01-2023_-_revoga_o_art._18_la_lei_complementar_02-2012.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_complementar_no_02-2023_-_altera_nomenclatura_e_atribuicoes_do_cargo_de_monitor_de_creche.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_complementar_no_03-2022_-_altera_plano_de_carreira_-_cria_o_cargo_de_chefe_de_manutencao_dos_servicos_urbanos_cc2.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_complementar_no_04-2023_-__altera_a_lei_complementar_02-2012_-_carga_horaria_psicologas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_complementar_no_05-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_para_monitor_de_creche.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_complementar_no_06-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vagas_agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_complementar_no_07-2023_-_altera_plano_de_carreira_-_altera_o_quadro_de_servidores_efetivos_-_abre_vaga_para_monitor_ciep.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_complementar_no_08-2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/396/projeto_de_lei_complementar_n_09_2023_altera_plano_de_carreira_altera_o_quadro_de_servidores_efetivos_abre_vaga_para_monitor_ciep.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_de_lei_complementar_n_10_2023_altera_plano_de_carreira_altera_o_quadro_de_cargos_de_servidores_efetivos_abre_vaga_operario_para_o_cemiterio_2_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/406/plc_11_2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_resolucao_01-2023-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_resolucao_02-2023_-_regulamenta_lei_de_licitacoes.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_resolucao_03-2023-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_resolucao_04-2023_-_acrescenta_artigo_a_resolucao_que_regulamenta_lei_de_licitacoes.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_resolucao_05-2023-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/404/projeto_de_resolucao_06-2023-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_substitutivo_01-2023_ao_projeto_de_lei_no_03-2023_-_autoriza_contrato_temporario_de_professor_de_educacao_fisica_-_substitui_lidi_-_chama_do_processo_seletivo_005-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_substitutivo_02-2023_ao_projeto_de_lei_no_10-2023_-_autoriza_contrato_temporario_de_professor_de_educacao_fisica_-_substitui_abilio_-_novo_processo_sel_-_esse.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>