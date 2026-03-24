--- v0 (2025-12-07)
+++ v1 (2026-03-24)
@@ -51,1453 +51,1453 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/493/emenda_modificativa_no_01_ao_pl_de_iniciativa_no_08-2024_-_servico_de_transporte.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/493/emenda_modificativa_no_01_ao_pl_de_iniciativa_no_08-2024_-_servico_de_transporte.doc</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N° 01 AO PROJETO DE LEI DE INICIATIVA Nº 08 DE 05 DE SETEMBRO DE 2024, MODIFICA A REDAÇÃO DO ARTIGO 10, INCISO I, ALÍNEA “e”, E ARTIGO 15, INCISOS II, III E IV, DO PROJETO DE LEI DE INICIATIVA Nº 08 DE 2024.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/494/substitutivo_a_emenda_supressiva_01-2024-_ao_projeto_de_lei_de_iniciativa_no_08-2024.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/494/substitutivo_a_emenda_supressiva_01-2024-_ao_projeto_de_lei_de_iniciativa_no_08-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA N° 01/2024 AO PROJETO DE LEI DE INICIATIVA N° 8, DE 05 DE SETEMBRO DE 2024, QUE DISPÕE SOBRE O SERVIÇO DE TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS, GERADO POR MEIO DE APLICATIVOS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA N° 02/2024 AO PROJETO DE LEI DE INICIATIVA N° 8, DE 05 DE SETEMBRO DE 2024, QUE DISPÕE SOBRE O SERVIÇO DE TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS, GERADO POR MEIO DE APLICATIVOS</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/419/projeto_de_lei_de_iniciativa_no_01_-_2023_-_revisao_geral_-_servidores.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/419/projeto_de_lei_de_iniciativa_no_01_-_2023_-_revisao_geral_-_servidores.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual Dos servidores Públicos do Poder Legislativo, detentores de Cargo de Provimento Efetivo, Cargos em Comissão, CONTRATADOS, CELETISTAS, Inativos e Pensionistas, nos termos do Artigo 37, inciso X, da Constituição Federal de 1988, concede aumento de remuneração aos servidores Públicos do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/429/projeto_de_lei_de_iniciativa_no_02_-_2024_-_altera_o_art_3_da_cavalgada_maximiliano.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/429/projeto_de_lei_de_iniciativa_no_02_-_2024_-_altera_o_art_3_da_cavalgada_maximiliano.doc</t>
   </si>
   <si>
     <t>Altera o art. 3º da LEI MUNICIPAL Nº 1.369, DE 27 DE MARÇO DE 2012.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/447/projeto_de_lei_de_iniciativa_no_03_-_2024_-_subsidios_vereadores.docx</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/447/projeto_de_lei_de_iniciativa_no_03_-_2024_-_subsidios_vereadores.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal dos Vereadores e do Presidente do Poder Legislativo de Nova Esperança do Sul, para o quatriênio 2025/2028, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/448/projeto_de_lei_de_iniciativa_no_04_-_2024_-_subsidio_prefeito.docx</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/448/projeto_de_lei_de_iniciativa_no_04_-_2024_-_subsidio_prefeito.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO MENSAL DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS, para o quatriênio 2025/2028”</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_lei_de_iniciativa_no_05_-_2024_-_subsidio_secretarios.docx</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_lei_de_iniciativa_no_05_-_2024_-_subsidio_secretarios.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO MENSAL DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS, PARA O QUATRIÊNIO 2025/2028”.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_de_iniciativa_no06_2024-.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_de_iniciativa_no06_2024-.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ATENDIMENTO PREFERENCIAL A PESSOAS COM FIBROMIALGIA NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/473/projeto_de_lei_de_iniciativa_no07_2024-.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/473/projeto_de_lei_de_iniciativa_no07_2024-.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISTRIBUIÇÃO GRATUITA DE ABSORVENTES HIGIÊNICOS DESCARTÁVEIS PARA MULHERES EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E ESTUDANTES DA REDE MUNICIPAL DE ENSINO NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/490/projeto_de_lei_de_iniciativa_no08_2024-.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/490/projeto_de_lei_de_iniciativa_no08_2024-.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS, GERADO POR MEIO DE APLICATIVOS.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CPU - COMISSÃO PERMANENTE ÚNICA</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/418/projeto_de_decreto_legislativo_-_01-2023.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/418/projeto_de_decreto_legislativo_-_01-2023.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o julgamento das Contas do poder executivo municipal de nova esperança do sul, referente ao exercício financeiro de 2021, e dá outras providências.”</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_decreto_legislativo_-_02-2024.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_decreto_legislativo_-_02-2024.doc</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O JULGAMENTO DAS CONTAS DO PODER EXECUTIVO MUNICIPAL DE NOVA ESPERANÇA DO SUL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei </t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/408/projeto_de_lei_no_001-2024_-_autoriza_contrato_temporario_professor_de_filosofia.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/408/projeto_de_lei_no_001-2024_-_autoriza_contrato_temporario_professor_de_filosofia.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001, DE 31 DE JANEIRO DE 2024. AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 PROFESSOR DE FILOSOFIA, COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/409/projeto_de_lei_no_002-2024_-_autoriza_contrato_temporario_professor_de_educacao_infantil.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/409/projeto_de_lei_no_002-2024_-_autoriza_contrato_temporario_professor_de_educacao_infantil.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002, DE 31 DE JANEIRO DE 2024. AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01_x000D_
 PROFESSOR DE EDUCAÇÃO INFANTIL, COM CARGA HORÁRIA DE 22 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/410/projeto_de_lei_no_003-2024_-_renovacao_de_contrato_professor_artes-_contrato_004-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/410/projeto_de_lei_no_003-2024_-_renovacao_de_contrato_professor_artes-_contrato_004-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003, DE 05 DE FEVEREIRO DE 2024._x000D_
 AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO_x000D_
 CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 004/2023, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/411/projeto_de_lei_no_004-2024_-_renovacao_de_contrato_professor_educacao_fisica_-_contrato_005-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/411/projeto_de_lei_no_004-2024_-_renovacao_de_contrato_professor_educacao_fisica_-_contrato_005-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 004, DE 05 DE FEVEREIRO DE 2024._x000D_
 AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO_x000D_
 CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 005/2023, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/412/projeto_de_lei_no_005-2024_-_renovacao_de_contrato_professor_portugues_-_contrato_003-2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/412/projeto_de_lei_no_005-2024_-_renovacao_de_contrato_professor_portugues_-_contrato_003-2021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 005, DE 05 DE FEVEREIRO DE 2024._x000D_
 AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO_x000D_
 CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 003/2021, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/413/projeto_de_lei_no_006-2024__altera_o__2o_do_art._1o_da_lei_municipal_1578-2015.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/413/projeto_de_lei_no_006-2024__altera_o__2o_do_art._1o_da_lei_municipal_1578-2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 006, DE 05 DE FEVEREIRO DE 2024._x000D_
 ALTERA O § 2º, DO ART. 1º, DA LEI MUNICIPAL Nº 1.578, DE 30 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/414/projeto_de_lei_no_007-2024_-_renovacao_de_contrato_servicos_gerais_-_contrato_017-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/414/projeto_de_lei_no_007-2024_-_renovacao_de_contrato_servicos_gerais_-_contrato_017-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 007, DE 06 DE FEVEREIRO DE 2024._x000D_
 AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO_x000D_
 CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 017/2023, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/415/projeto_de_lei_no_008-2024_-_renovacao_de_contrato_servicos_gerais_-_contrato_006-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/415/projeto_de_lei_no_008-2024_-_renovacao_de_contrato_servicos_gerais_-_contrato_006-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 008, DE 06 DE FEVEREIRO DE 2024._x000D_
 AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO_x000D_
 CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 006/2023, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/416/projeto_de_lei_no_009-2024_-_renovacao_de_contrato_professora_educacao_infantil_-_contrato_007-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/416/projeto_de_lei_no_009-2024_-_renovacao_de_contrato_professora_educacao_infantil_-_contrato_007-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 009, DE 06 DE FEVEREIRO DE 2024._x000D_
 AUTORIZA O PODER EXECUTIVO MUNI_x0002_CIPAL A PRORROGAR A VIGÊNCIA DO_x000D_
 CONTRATO ADMINISTRATIVO DE PESSO_x0002_AL Nº 007/2023, E DÁ OUTRAS PROVI_x0002_DÊNCIAS.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_no_010-2024_-_autoriza_contrato_temporario_agente_comunitario_de_saude_-_processo_seletivo_vigente.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_no_010-2024_-_autoriza_contrato_temporario_agente_comunitario_de_saude_-_processo_seletivo_vigente.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 010, DE 07 DE FEVEREIRO DE 2024._x000D_
  AUTORIZA  A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 (UM) AGENTE COMUNITÁRIO DE SAÚDE_x000D_
  PARA  ATUAR JUNTO SECRETARIA  MUNICIPAL SAÚDE.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei_no_11-2024_-_reajuste_vale_alimentacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei_no_11-2024_-_reajuste_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART. 3° DA LEI MUNICIPAL Nº 730, DE 27 DE_x000D_
  JUNHO DE 2002.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_de_lei_n_12-2024-_revisao_geral_anual_e_aumento_de_remuneracao_2024_executivo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_de_lei_n_12-2024-_revisao_geral_anual_e_aumento_de_remuneracao_2024_executivo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL A SER  CONCEDIDA AOS SERVIDORES PÚBLICOS MUNICIPAIS  RELATIVA AO ANO DE 2024, CONCEDE AUMENTO DE  REMUNERAÇÃO AOS SERVIDORES MUNICIPAIS E DÁ  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_lei__no_13-2024_-reajuste_agentes_politicos.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_lei__no_13-2024_-reajuste_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL AOS  OCUPANTES DOS CARGOS ELETIVOS DE PREFEITO,  VICE-PREFEITO, VEREADORES E SECRETÁRIOS  MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/423/projeto_de_lei_n_014_2024_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/423/projeto_de_lei_n_014_2024_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf</t>
   </si>
   <si>
     <t>ALTERA O NÚMERO DE VAGAS DO CARGO  DE PROFESSOR DE ANOS INICIAIS  CONSTANTE NO QUADRO ANEXO DO ART.  33 DA LEI N.º 1.633, DE 28 DE JUNHO DE  2016.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/424/projeto_de_lei_n_015_2024_autoriza_a_contratacao_emergencial_de_dois_motoristas_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/424/projeto_de_lei_n_015_2024_autoriza_a_contratacao_emergencial_de_dois_motoristas_2_.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA,  DE EXCEPCIONAL INTERESSE PÚBLICO DE  02 MOTORISTAS COM CARGA HORÁRIA DE  40 HORAS SEMANAIS PARA ATUAREM  JUNTO AO MUNICÍPIO DE NOVA ESPERANÇA  DO SUL.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/425/projeto_de_lei_n_016_2024_autoriza_aumento_de_carga_horaria_professor_de_artes.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/425/projeto_de_lei_n_016_2024_autoriza_aumento_de_carga_horaria_professor_de_artes.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E O ART. 1º DA  LEI MUNICIPAL Nº 2.076, DE 28 DE  FEVEREIRO DE 2023.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/426/projeto_de_lei_n_017_2024_credito_especial_contratos_motorista_2024.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/426/projeto_de_lei_n_017_2024_credito_especial_contratos_motorista_2024.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ADICIONAL ESPECIAL NO  ORÇAMENTO DO MUNICÍPIO DE NOVA ESPERANÇA  DO SUL PARA O EXERCÍCIO DE 2024, E DÁ OUTRAS _x000D_
  PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_lei_n_18_2024_amplia_perimetro_urbano.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_lei_n_18_2024_amplia_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>EXPANDE OS LIMITES DO PERÍMETRO URBANO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_lei_no_019-2024_-_renovacao_de_contrato_professora_educacao_infantil_-_contrato_003-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_lei_no_019-2024_-_renovacao_de_contrato_professora_educacao_infantil_-_contrato_003-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNI CIPAL A PRORROGAR A VIGÊNCIA DO  CONTRATO ADMINISTRATIVO DE PESSOAL Nº 003/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_n_20_2024_autoriza_contrato_temporario_professor_anos_iniciais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_n_20_2024_autoriza_contrato_temporario_professor_anos_iniciais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL  INTERESSE PÚBLICO DE 01 PROFESSOR(A) DE ANOS INICIAIS COM CARGA HORÁRIA DE 20 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_lei_n_21_2024_renovacao_de_contrato_motorista_rafael_almeida_contrato_017_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_lei_n_21_2024_renovacao_de_contrato_motorista_rafael_almeida_contrato_017_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A  PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 017/2022, E DÁ OUTRAS_x000D_
  PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_n_22_2024_renovacao_de_contrato_medico_contrato_013_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_n_22_2024_renovacao_de_contrato_medico_contrato_013_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A  PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 013/2022, E DÁ OUTRAS_x000D_
  PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/434/projeto_de_lei_n_23_2024_renovacao_do_contrato_010_2018_medico_plantonista.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/434/projeto_de_lei_n_23_2024_renovacao_do_contrato_010_2018_medico_plantonista.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A  PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 010/2018, E DÁ OUTRAS_x000D_
  PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/435/projeto_de_lei_n_24_2024_renovacao_de_contrato_farmaceutica_contrato_027_2021.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/435/projeto_de_lei_n_24_2024_renovacao_de_contrato_farmaceutica_contrato_027_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A  PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 027/2021, E DÁ OUTRAS_x000D_
  PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/436/projeto_de_lei_n_25_024_renovacao_contrato_012_2023_agente_comunitario_de_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/436/projeto_de_lei_n_25_024_renovacao_contrato_012_2023_agente_comunitario_de_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 012/2023, E DÁ OUTRAS_x000D_
  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/437/projeto_de_lei_n_26_2024_renovacao_do_contrato_015_2021_tecnica_em_enfermagem.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/437/projeto_de_lei_n_26_2024_renovacao_do_contrato_015_2021_tecnica_em_enfermagem.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A  PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS TRATIVO DE PESSOAL Nº 015/2021, E DÁ OUTRAS_x000D_
  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/438/projeto_de_lei_n_27_2024_autoriza_a_contratacao_temporaria_de_tres_monitoras_de_creche.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/438/projeto_de_lei_n_27_2024_autoriza_a_contratacao_temporaria_de_tres_monitoras_de_creche.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 03 (TRÊS) MONITORES (AS) DE CRECHE</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/439/projeto_de_lei_no_028-2024_-_renovacao_de_contrato_professor_educacao_especial_-_contrato_010-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/439/projeto_de_lei_no_028-2024_-_renovacao_de_contrato_professor_educacao_especial_-_contrato_010-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 010/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/440/projeto_de_lei_no_029-2024_-_renovacao_de_contrato_professor_educacao_ingles_-_contrato_011-2023.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/440/projeto_de_lei_no_029-2024_-_renovacao_de_contrato_professor_educacao_ingles_-_contrato_011-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 011/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_lei_n_30_2024_autoriza_aumento_de_carga_horaria_professora_ciencias_contrato_002_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_lei_n_30_2024_autoriza_aumento_de_carga_horaria_professora_ciencias_contrato_002_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1.937, DE 07 DE FEVEREIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/442/projeto_de_lei_n_031_2024_autoriza_a_contratacao_emergencial_de_um_motorista_novo_processo_seletivo_simplificado.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/442/projeto_de_lei_n_031_2024_autoriza_a_contratacao_emergencial_de_um_motorista_novo_processo_seletivo_simplificado.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 MOTORISTA PARA ATUAR NA SECRETARIA DE SAÚDE NO MUNICÍPIO DENOVA ESPERANÇA DO SUL.”</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_lei_n_32_2024_renovacao_de_contrato_servicos_gerais_014_22.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_lei_n_32_2024_renovacao_de_contrato_servicos_gerais_014_22.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINIS TRATIVO DE PESSOAL Nº 014/2022, E DÁ OUTRAS_x000D_
  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/444/projeto_de_lei_n_33_2024_renovacao_de_contrato_tecnica_agropecuaria_contrato_012_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/444/projeto_de_lei_n_33_2024_renovacao_de_contrato_tecnica_agropecuaria_contrato_012_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL Nº 012/2022, E DÁ OUTRAS_x000D_
  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/445/projeto_de_lei_n_34_2024_autoriza_contratacao_de_01_servicos_gerais_sao_jose.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/445/projeto_de_lei_n_34_2024_autoriza_contratacao_de_01_servicos_gerais_sao_jose.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) SERVIDOR PARA O CARGO DE SERVIÇOS GERAIS  PARA ATUAR JUNTO À ESCOLA SÃO JOSÉ, DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_lei_n_35_2024_altera_o_art_27_34_e_38_6_da_lei_municipal_1_998_2022_rpps.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_lei_n_35_2024_altera_o_art_27_34_e_38_6_da_lei_municipal_1_998_2022_rpps.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 27, CAPUT, 34, CAPUT, E 38, § 6º, TODOS DA LEI MUNICIPAL Nº 1.998, DE 28 DE SETEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/452/projeto_de_lei_substitutivo_001_2024_ao_projeto_de_lei_n_36_2024_autoriza_contratacao_temporaria_de_auxiliar_administrativo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/452/projeto_de_lei_substitutivo_001_2024_ao_projeto_de_lei_n_36_2024_autoriza_contratacao_temporaria_de_auxiliar_administrativo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) SERVIDOR PARA O CARGO DE AGENTE ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/453/projeto_de_lei_n_37_2024_autoriza_contratacao_temporaria_de_monitor_de_creche.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/453/projeto_de_lei_n_37_2024_autoriza_contratacao_temporaria_de_monitor_de_creche.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) SERVIDOR PARA O CARGO DE MONITOR DE CRECHE.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/450/projeto_de_lei_n_38_2024_escola_em_tempo_integral.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/450/projeto_de_lei_n_38_2024_escola_em_tempo_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE EDUCAÇÃO INTEGRAL NA REDE MUNICIPAL DE ENSINO E DEFINE AS DIRETRIZES GERAIS E OBJETIVOS A SEREM ALCANÇADOS.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/454/projeto_de_lei_n_39_2024_autoriza_contratacao_temporaria_de_motorista_para_a_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/454/projeto_de_lei_n_39_2024_autoriza_contratacao_temporaria_de_motorista_para_a_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO, DE 01 (UM) MOTORISTA PARA ATUAR NA SECRETARIA DE SAÚDE NO MUNICÍPIO DE NOVA ESPERANÇA DO SUL, RS</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei_n_41_2024_autoriza_aumento_carga_horaria_professor_de_ingles.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei_n_41_2024_autoriza_aumento_carga_horaria_professor_de_ingles.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1.940, DE 08 DE FEVEREIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/456/projeto_de_lei_n_42_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/456/projeto_de_lei_n_42_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 2.121, DE 18 DE JULHO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_lei_n_43_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais_3_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_lei_n_43_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais_3_.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 2.187, DE 20 DE MARÇO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/458/projeto_de_lei_n_44_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/458/projeto_de_lei_n_44_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 2.065, DE 28 DE FEVEREIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/459/projeto_de_lei_n_45_2024_autoriza_cessao_de_uso_gratuito_a_corsan_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/459/projeto_de_lei_n_45_2024_autoriza_cessao_de_uso_gratuito_a_corsan_2_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR CESSÃO DE USO GRATUITO DE IMÓVEL URBANO DE PROPRIEDADE DO MUNICÍPIO À COMPANHIA RIOGRANDENSE DE SANEAMENTO - CORSAN.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/461/projeto_de_lei_n_46_2024_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_debora_viero_deponti_lancanova.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/461/projeto_de_lei_n_46_2024_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_debora_viero_deponti_lancanova.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 002/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/462/projeto_de_lei_n_47_2024_autoriza_renovacao_contrato_administrativo_prof_educacao_fisica_veronica_ferreira_machado.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/462/projeto_de_lei_n_47_2024_autoriza_renovacao_contrato_administrativo_prof_educacao_fisica_veronica_ferreira_machado.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 006/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/463/projeto_de_lei_substitutivo_002_2024_ao_projeto_de_lei_n_48_2024_autoriza_prorrogar_vigencia_de_contrato.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/463/projeto_de_lei_substitutivo_002_2024_ao_projeto_de_lei_n_48_2024_autoriza_prorrogar_vigencia_de_contrato.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1°, CAPUT, DA LEI MUNICIPAL N° 2.065 DE 28 DE FEVEREIRO DE 2023 E AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 003/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/464/projeto_de_lei_n_49_2024_autoriza_renovacao_contrato_administrativo_prof_ingles_edilvane_de_fatima_tolfo_de_lima.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/464/projeto_de_lei_n_49_2024_autoriza_renovacao_contrato_administrativo_prof_ingles_edilvane_de_fatima_tolfo_de_lima.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 007/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/465/projeto_de_lei_n_50_2024_autoriza_renovacao_contrato_administrativo_prof_matematica_vartieli_lopes_viero.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/465/projeto_de_lei_n_50_2024_autoriza_renovacao_contrato_administrativo_prof_matematica_vartieli_lopes_viero.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 001/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/466/projeto_de_lei_n_51_2024_autoriza_renovacao_contrato_administrativo_prof_ciencias_janayna_chaves_brizzolla.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/466/projeto_de_lei_n_51_2024_autoriza_renovacao_contrato_administrativo_prof_ciencias_janayna_chaves_brizzolla.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 002/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/467/projeto_de_lei_n_52_2024_autoriza_renovacao_contrato_administrativo_prof_matematica_luciele_moscato_prestes.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/467/projeto_de_lei_n_52_2024_autoriza_renovacao_contrato_administrativo_prof_matematica_luciele_moscato_prestes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 002/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/468/projeto_de_lei_n_53_2024_autoriza_renovacao_contrato_administrativo_monitora_de_creche_vera_lucia_garcia_alves.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/468/projeto_de_lei_n_53_2024_autoriza_renovacao_contrato_administrativo_monitora_de_creche_vera_lucia_garcia_alves.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 010/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/469/projeto_de_lei_n_54_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_carla_ben_scalcao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/469/projeto_de_lei_n_54_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_carla_ben_scalcao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 014/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/470/projeto_de_lei_n_55_2024_autoriza_renovacao_contrato_administrativo_prof_artes_celso_cleomar_de_bastos_brasil.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/470/projeto_de_lei_n_55_2024_autoriza_renovacao_contrato_administrativo_prof_artes_celso_cleomar_de_bastos_brasil.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 004/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/471/projeto_de_lei_n_56_2024_autoriza_renovacao_contrato_administrativo_motorista_jader_franco_balbon.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/471/projeto_de_lei_n_56_2024_autoriza_renovacao_contrato_administrativo_motorista_jader_franco_balbon.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 001/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/472/projeto_de_lei_n_57_2024_autoriza_renovacao_contrato_administrativo_assistente_social_luciana_della_flora.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/472/projeto_de_lei_n_57_2024_autoriza_renovacao_contrato_administrativo_assistente_social_luciana_della_flora.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 003/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIA</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/474/projeto_de_lei_n_58_2024_autoriza_contratacao_temporaria_de_professor_educacao_infantil_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/474/projeto_de_lei_n_58_2024_autoriza_contratacao_temporaria_de_professor_educacao_infantil_2_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, DE EXCEPCIONAL INTERESSE PÚBLICO, DE 01 PROFESSOR DE EDUCAÇÃO INFANTIL, COM CARGA HORÁRIA DE 22 HORAS SEMANAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/475/projeto_de_lei_n_59_2024_altera_a_lei_municipal_n_2_042_de_15_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/475/projeto_de_lei_n_59_2024_altera_a_lei_municipal_n_2_042_de_15_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.042, DE 15 DE DEZEMBRO DE 2022, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER A ALIENAÇÃO ONEROSA DE LOTES DE TERRENOS URBANIZADOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL – RS, AOS SORTEADOS CONFORME EDITAL Nº 003/2022, DE DIVULGAÇÃO DO RESULTADO FINAL DO SORTEIO DOS INSCRITOS NO EDITAL Nº 001/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/476/projeto_de_lei_n_60_2024_institui_o_servico_de_atencao_aos_animais_dispoe_sobre_os_programas_de_amparo_mecanismos_de_esterilizacao_adocao_controle_etico_da_populacao_de_caes_e_gatos_apli.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/476/projeto_de_lei_n_60_2024_institui_o_servico_de_atencao_aos_animais_dispoe_sobre_os_programas_de_amparo_mecanismos_de_esterilizacao_adocao_controle_etico_da_populacao_de_caes_e_gatos_apli.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE ATENÇÃO AOS ANIMAIS, DISPÕE SOBRE OS PROGRAMAS DE AMPARO, MECANISMOS DE ESTERILIZAÇÃO, ADOÇÃO, CONTROLE ÉTICO DA POPULAÇÃO DE CÃES E GATOS, APLICAÇÃO DE PENALIDADES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/478/projeto_de_lei_n_61_2024_autoriza_aumento_carga_horaria_nutricionista.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/478/projeto_de_lei_n_61_2024_autoriza_aumento_carga_horaria_nutricionista.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1o DA LEI MUNICIPAL No 1.855, DE 13 DE MAIO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/477/projeto_de_lei_n_62_2024_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_juciana_selma_nicola.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/477/projeto_de_lei_n_62_2024_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_juciana_selma_nicola.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 032/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/479/projeto_de_lei_n_63_2024_autoriza_renovacao_contrato_administrativo_nutricionista_josiane_erbice_bianchini.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/479/projeto_de_lei_n_63_2024_autoriza_renovacao_contrato_administrativo_nutricionista_josiane_erbice_bianchini.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 012/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_lei_n_64_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_silvia_bruno_frigo.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_lei_n_64_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_silvia_bruno_frigo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 036/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/481/projeto_de_lei_n_65_2024_autoriza_renovacao_contrato_administrativo_professor_historia_bruna_delevati.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/481/projeto_de_lei_n_65_2024_autoriza_renovacao_contrato_administrativo_professor_historia_bruna_delevati.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 013/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_n_66_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_mikaeli_manzoni_munareto.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_n_66_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_mikaeli_manzoni_munareto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 037/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_n_67_2024_autoriza_contratacao_temporaria_de_servicos_gerais_emei.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_n_67_2024_autoriza_contratacao_temporaria_de_servicos_gerais_emei.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA, EM CARÁTER EMERGENCIAL E POR TEMPO DETERMINADO, DE 01 (UM) SERVIDOR PARA O CARGO DE SERVIÇOS GERAIS.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_no_68-2024_-_altera_a_lei_municipal_no_2.042_de_15_de_dezembro_de_2022_-_acrescenta_possibilidade_de_compensacao_de_parcelas_pagas.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_no_68-2024_-_altera_a_lei_municipal_no_2.042_de_15_de_dezembro_de_2022_-_acrescenta_possibilidade_de_compensacao_de_parcelas_pagas.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL No 2.042, DE 15 DE DEZEMBRO DE 2022, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER A ALIENAÇÃO ONEROSA DE LOTES DE TERRENOS URBANIZADOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL – RS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_n_69_2024_institui_o_cartao_de_estacionamento_para_idoso_2_.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_n_69_2024_institui_o_cartao_de_estacionamento_para_idoso_2_.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CARTÃO DE ESTACIONAMENTO PARA IDOSO, PARA TODA PESSOA COM IDADE IGUAL OU SUPERIOR A 60 (SESSENTA) ANOS, RESIDENTE NO MUNICÍPIO DE NOVA SPERANÇA DO SUL, RS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/488/projeto_de_lei_substitutivo_004-2024_ao_projeto_de_lei_no_70-2024_-_ldo_2025.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/488/projeto_de_lei_substitutivo_004-2024_ao_projeto_de_lei_no_70-2024_-_ldo_2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO Nº 004/2024 AO PROJETO DE LEI Nº 70, DE 26 DE_x000D_
 AGOSTO DE 2024 - "DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2025".</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_no_71-2024_-_autoriza_o_poder_executivo_a_aderir_ao_projeto_mais_medicos_-_revoga_lei_1.499-2014_2.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_no_71-2024_-_autoriza_o_poder_executivo_a_aderir_ao_projeto_mais_medicos_-_revoga_lei_1.499-2014_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADERIR AO PROJETO MAIS MÉDICOS PARA O BRASIL, A CONCESSÃO DE AUXÍLIO MORADIA E ALIMENTAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/491/projeto_de_lei_n_72_2024_altera_lei_de_criacao_do_conselho_municipal_de_educacao_lei_municipal_n_887_2005.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/491/projeto_de_lei_n_72_2024_altera_lei_de_criacao_do_conselho_municipal_de_educacao_lei_municipal_n_887_2005.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 887, DE 22 DE FEVEREIRO DE 2005, QUE CRIA O CONSELHO MUNICIPAL DE EDUCAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/492/projeto_de_lei_n_73_2024_altera_a_lei_municipal_n_1_654_2016_acrescenta_art_16_a.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/492/projeto_de_lei_n_73_2024_altera_a_lei_municipal_n_1_654_2016_acrescenta_art_16_a.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.654, DE 20 DE DEZEMBRO DE 2016, QUE INSTITUI A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_n_74_2024_autoriza_renovacao_contrato_administrativo_motorista_edinardo_manzoni_ciscato_agricultura.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_n_74_2024_autoriza_renovacao_contrato_administrativo_motorista_edinardo_manzoni_ciscato_agricultura.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 005/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_lei_n_75_2024_autoriza_renovacao_contrato_administrativo_motorista_marcelo_cortese_roos_agricultura.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_lei_n_75_2024_autoriza_renovacao_contrato_administrativo_motorista_marcelo_cortese_roos_agricultura.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 006/2024, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/506/projeto_de_lei_n_76_2024_autoriza_renovacao_contrato_administrativo_tecnica_agropecuario_vitoria_monteiro_gaike_agricultura.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/506/projeto_de_lei_n_76_2024_autoriza_renovacao_contrato_administrativo_tecnica_agropecuario_vitoria_monteiro_gaike_agricultura.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 012/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei_n_78_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_silvan_piexak_sudati_administracao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei_n_78_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_silvan_piexak_sudati_administracao.pdf</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/497/projeto_de_lei_n_79_2024_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_michele_fogliato_resta_reoon_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/497/projeto_de_lei_n_79_2024_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_michele_fogliato_resta_reoon_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 007/2024, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/498/projeto_de_lei_n_80_2024_autoriza_renovacao_contrato_administrativo_prof_geografia_alan_nacimento_do_nascimento_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/498/projeto_de_lei_n_80_2024_autoriza_renovacao_contrato_administrativo_prof_geografia_alan_nacimento_do_nascimento_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 004/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/499/projeto_de_lei_n_81_2024_autoriza_renovacao_contrato_administrativo_prof_ed_especial_otavio_lavarda_pivotto_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/499/projeto_de_lei_n_81_2024_autoriza_renovacao_contrato_administrativo_prof_ed_especial_otavio_lavarda_pivotto_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 010/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/500/projeto_de_lei_n_82_2024_autoriza_renovacao_contrato_administrativo_prof_portugues_paula_bidinoto_bastos_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/500/projeto_de_lei_n_82_2024_autoriza_renovacao_contrato_administrativo_prof_portugues_paula_bidinoto_bastos_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 003/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/501/projeto_de_lei_n_83_2024_autoriza_renovacao_contrato_administrativo_prof_ed_fisica_vagner_dos_santos_pires_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/501/projeto_de_lei_n_83_2024_autoriza_renovacao_contrato_administrativo_prof_ed_fisica_vagner_dos_santos_pires_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 005/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_lei_n_84_2024_autoriza_renovacao_contrato_administrativo_prof_ed_infantil_juliana_vieira_machado_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_lei_n_84_2024_autoriza_renovacao_contrato_administrativo_prof_ed_infantil_juliana_vieira_machado_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 013/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 003/2024, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei_n_86_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_mariele_rodrigues_da_silva_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei_n_86_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_mariele_rodrigues_da_silva_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 017/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_87_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_darlene_cristina_colaco_chaves_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_87_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_darlene_cristina_colaco_chaves_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 012/2024, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 006/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_n_89_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_jessica_da_cunha_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_n_89_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_jessica_da_cunha_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 010/2024, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n_90_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_juliane_pacheco_lopes_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n_90_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_juliane_pacheco_lopes_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 009/2024, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_n_91_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_leticia_ribeiro_anezi_educacao.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_n_91_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_leticia_ribeiro_anezi_educacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 011/2024, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_n_92_2024_autoriza_renovacao_contrato_administrativo_medico_plantonista_joao_alberto_nascimento_da_silva_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_n_92_2024_autoriza_renovacao_contrato_administrativo_medico_plantonista_joao_alberto_nascimento_da_silva_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 013/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/515/projeto_de_lei_n_93_2024_autoriza_renovacao_contrato_administrativo_farmaceutico_adriane_erbice_bianchini_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/515/projeto_de_lei_n_93_2024_autoriza_renovacao_contrato_administrativo_farmaceutico_adriane_erbice_bianchini_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 027/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_lei_n_94_2024_autoriza_renovacao_contrato_administrativo_motorista_rafael_flores_de_almeida_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_lei_n_94_2024_autoriza_renovacao_contrato_administrativo_motorista_rafael_flores_de_almeida_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 017/2022, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_n_95_2024_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_loreci_dos_santos_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_n_95_2024_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_loreci_dos_santos_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 012/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_n_96_2024_autoriza_renovacao_contrato_administrativo_tecnico_enfermagem_luiza_peranzoni_silveira_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_n_96_2024_autoriza_renovacao_contrato_administrativo_tecnico_enfermagem_luiza_peranzoni_silveira_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 015/2021, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/519/projeto_de_lei_n_97_2024_autoriza_renovacao_contrato_administrativo_dentista_francine_girardon_fabero_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/519/projeto_de_lei_n_97_2024_autoriza_renovacao_contrato_administrativo_dentista_francine_girardon_fabero_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 001/2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/520/projeto_de_lei_n_98_2024_autoriza_renovacao_contrato_administrativo_motorista_joao_marcelo_pivoto_specht_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/520/projeto_de_lei_n_98_2024_autoriza_renovacao_contrato_administrativo_motorista_joao_marcelo_pivoto_specht_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 014/2024, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/521/projeto_de_lei_n_99_2024_autoriza_renovacao_contrato_administrativo_motorista_luidi_ferrari_melo_saude.pdf</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/521/projeto_de_lei_n_99_2024_autoriza_renovacao_contrato_administrativo_motorista_luidi_ferrari_melo_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO ADMINISTRATIVO DE PESSOAL N° 015/2024, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/427/projeto_de_resolucao_01-2024_-_ordem_cronologica.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/427/projeto_de_resolucao_01-2024_-_ordem_cronologica.doc</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OBSERVÂNCIA DA ORDEM CRONOLÓGICA DE PAGAMENTOS NOS CONTRATOS CELEBRADOS PELO PODER LEGISLATIVO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL.”</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/451/projeto_de_resolucao_02-2024_-_abre_credito_suplementar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/451/projeto_de_resolucao_02-2024_-_abre_credito_suplementar.doc</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO PODER LEGISLATIVO MUNICIPAL PARA O EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_resolucao_03-2024_-_abre_credito_suplementar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_resolucao_03-2024_-_abre_credito_suplementar.doc</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/522/projeto_de_resolucao_04-2024_-_abre_credito_suplementar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/522/projeto_de_resolucao_04-2024_-_abre_credito_suplementar.doc</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_resolucao_05-2024_-_abre_credito_suplementar.doc</t>
+    <t>http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_resolucao_05-2024_-_abre_credito_suplementar.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1801,51 +1801,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/493/emenda_modificativa_no_01_ao_pl_de_iniciativa_no_08-2024_-_servico_de_transporte.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/494/substitutivo_a_emenda_supressiva_01-2024-_ao_projeto_de_lei_de_iniciativa_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/419/projeto_de_lei_de_iniciativa_no_01_-_2023_-_revisao_geral_-_servidores.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/429/projeto_de_lei_de_iniciativa_no_02_-_2024_-_altera_o_art_3_da_cavalgada_maximiliano.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/447/projeto_de_lei_de_iniciativa_no_03_-_2024_-_subsidios_vereadores.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/448/projeto_de_lei_de_iniciativa_no_04_-_2024_-_subsidio_prefeito.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_lei_de_iniciativa_no_05_-_2024_-_subsidio_secretarios.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_de_iniciativa_no06_2024-.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/473/projeto_de_lei_de_iniciativa_no07_2024-.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/490/projeto_de_lei_de_iniciativa_no08_2024-.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/418/projeto_de_decreto_legislativo_-_01-2023.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_decreto_legislativo_-_02-2024.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/408/projeto_de_lei_no_001-2024_-_autoriza_contrato_temporario_professor_de_filosofia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/409/projeto_de_lei_no_002-2024_-_autoriza_contrato_temporario_professor_de_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/410/projeto_de_lei_no_003-2024_-_renovacao_de_contrato_professor_artes-_contrato_004-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/411/projeto_de_lei_no_004-2024_-_renovacao_de_contrato_professor_educacao_fisica_-_contrato_005-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/412/projeto_de_lei_no_005-2024_-_renovacao_de_contrato_professor_portugues_-_contrato_003-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/413/projeto_de_lei_no_006-2024__altera_o__2o_do_art._1o_da_lei_municipal_1578-2015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/414/projeto_de_lei_no_007-2024_-_renovacao_de_contrato_servicos_gerais_-_contrato_017-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/415/projeto_de_lei_no_008-2024_-_renovacao_de_contrato_servicos_gerais_-_contrato_006-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/416/projeto_de_lei_no_009-2024_-_renovacao_de_contrato_professora_educacao_infantil_-_contrato_007-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_no_010-2024_-_autoriza_contrato_temporario_agente_comunitario_de_saude_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei_no_11-2024_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_de_lei_n_12-2024-_revisao_geral_anual_e_aumento_de_remuneracao_2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_lei__no_13-2024_-reajuste_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/423/projeto_de_lei_n_014_2024_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/424/projeto_de_lei_n_015_2024_autoriza_a_contratacao_emergencial_de_dois_motoristas_2_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/425/projeto_de_lei_n_016_2024_autoriza_aumento_de_carga_horaria_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/426/projeto_de_lei_n_017_2024_credito_especial_contratos_motorista_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_lei_n_18_2024_amplia_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_lei_no_019-2024_-_renovacao_de_contrato_professora_educacao_infantil_-_contrato_003-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_n_20_2024_autoriza_contrato_temporario_professor_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_lei_n_21_2024_renovacao_de_contrato_motorista_rafael_almeida_contrato_017_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_n_22_2024_renovacao_de_contrato_medico_contrato_013_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/434/projeto_de_lei_n_23_2024_renovacao_do_contrato_010_2018_medico_plantonista.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/435/projeto_de_lei_n_24_2024_renovacao_de_contrato_farmaceutica_contrato_027_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/436/projeto_de_lei_n_25_024_renovacao_contrato_012_2023_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/437/projeto_de_lei_n_26_2024_renovacao_do_contrato_015_2021_tecnica_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/438/projeto_de_lei_n_27_2024_autoriza_a_contratacao_temporaria_de_tres_monitoras_de_creche.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/439/projeto_de_lei_no_028-2024_-_renovacao_de_contrato_professor_educacao_especial_-_contrato_010-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/440/projeto_de_lei_no_029-2024_-_renovacao_de_contrato_professor_educacao_ingles_-_contrato_011-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_lei_n_30_2024_autoriza_aumento_de_carga_horaria_professora_ciencias_contrato_002_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/442/projeto_de_lei_n_031_2024_autoriza_a_contratacao_emergencial_de_um_motorista_novo_processo_seletivo_simplificado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_lei_n_32_2024_renovacao_de_contrato_servicos_gerais_014_22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/444/projeto_de_lei_n_33_2024_renovacao_de_contrato_tecnica_agropecuaria_contrato_012_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/445/projeto_de_lei_n_34_2024_autoriza_contratacao_de_01_servicos_gerais_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_lei_n_35_2024_altera_o_art_27_34_e_38_6_da_lei_municipal_1_998_2022_rpps.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/452/projeto_de_lei_substitutivo_001_2024_ao_projeto_de_lei_n_36_2024_autoriza_contratacao_temporaria_de_auxiliar_administrativo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/453/projeto_de_lei_n_37_2024_autoriza_contratacao_temporaria_de_monitor_de_creche.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/450/projeto_de_lei_n_38_2024_escola_em_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/454/projeto_de_lei_n_39_2024_autoriza_contratacao_temporaria_de_motorista_para_a_saude.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei_n_41_2024_autoriza_aumento_carga_horaria_professor_de_ingles.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/456/projeto_de_lei_n_42_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_lei_n_43_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais_3_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/458/projeto_de_lei_n_44_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/459/projeto_de_lei_n_45_2024_autoriza_cessao_de_uso_gratuito_a_corsan_2_.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/461/projeto_de_lei_n_46_2024_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_debora_viero_deponti_lancanova.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/462/projeto_de_lei_n_47_2024_autoriza_renovacao_contrato_administrativo_prof_educacao_fisica_veronica_ferreira_machado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/463/projeto_de_lei_substitutivo_002_2024_ao_projeto_de_lei_n_48_2024_autoriza_prorrogar_vigencia_de_contrato.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/464/projeto_de_lei_n_49_2024_autoriza_renovacao_contrato_administrativo_prof_ingles_edilvane_de_fatima_tolfo_de_lima.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/465/projeto_de_lei_n_50_2024_autoriza_renovacao_contrato_administrativo_prof_matematica_vartieli_lopes_viero.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/466/projeto_de_lei_n_51_2024_autoriza_renovacao_contrato_administrativo_prof_ciencias_janayna_chaves_brizzolla.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/467/projeto_de_lei_n_52_2024_autoriza_renovacao_contrato_administrativo_prof_matematica_luciele_moscato_prestes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/468/projeto_de_lei_n_53_2024_autoriza_renovacao_contrato_administrativo_monitora_de_creche_vera_lucia_garcia_alves.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/469/projeto_de_lei_n_54_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_carla_ben_scalcao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/470/projeto_de_lei_n_55_2024_autoriza_renovacao_contrato_administrativo_prof_artes_celso_cleomar_de_bastos_brasil.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/471/projeto_de_lei_n_56_2024_autoriza_renovacao_contrato_administrativo_motorista_jader_franco_balbon.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/472/projeto_de_lei_n_57_2024_autoriza_renovacao_contrato_administrativo_assistente_social_luciana_della_flora.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/474/projeto_de_lei_n_58_2024_autoriza_contratacao_temporaria_de_professor_educacao_infantil_2_.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/475/projeto_de_lei_n_59_2024_altera_a_lei_municipal_n_2_042_de_15_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/476/projeto_de_lei_n_60_2024_institui_o_servico_de_atencao_aos_animais_dispoe_sobre_os_programas_de_amparo_mecanismos_de_esterilizacao_adocao_controle_etico_da_populacao_de_caes_e_gatos_apli.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/478/projeto_de_lei_n_61_2024_autoriza_aumento_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/477/projeto_de_lei_n_62_2024_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_juciana_selma_nicola.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/479/projeto_de_lei_n_63_2024_autoriza_renovacao_contrato_administrativo_nutricionista_josiane_erbice_bianchini.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_lei_n_64_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_silvia_bruno_frigo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/481/projeto_de_lei_n_65_2024_autoriza_renovacao_contrato_administrativo_professor_historia_bruna_delevati.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_n_66_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_mikaeli_manzoni_munareto.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_n_67_2024_autoriza_contratacao_temporaria_de_servicos_gerais_emei.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_no_68-2024_-_altera_a_lei_municipal_no_2.042_de_15_de_dezembro_de_2022_-_acrescenta_possibilidade_de_compensacao_de_parcelas_pagas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_n_69_2024_institui_o_cartao_de_estacionamento_para_idoso_2_.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/488/projeto_de_lei_substitutivo_004-2024_ao_projeto_de_lei_no_70-2024_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_no_71-2024_-_autoriza_o_poder_executivo_a_aderir_ao_projeto_mais_medicos_-_revoga_lei_1.499-2014_2.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/491/projeto_de_lei_n_72_2024_altera_lei_de_criacao_do_conselho_municipal_de_educacao_lei_municipal_n_887_2005.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/492/projeto_de_lei_n_73_2024_altera_a_lei_municipal_n_1_654_2016_acrescenta_art_16_a.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_n_74_2024_autoriza_renovacao_contrato_administrativo_motorista_edinardo_manzoni_ciscato_agricultura.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_lei_n_75_2024_autoriza_renovacao_contrato_administrativo_motorista_marcelo_cortese_roos_agricultura.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/506/projeto_de_lei_n_76_2024_autoriza_renovacao_contrato_administrativo_tecnica_agropecuario_vitoria_monteiro_gaike_agricultura.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei_n_78_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_silvan_piexak_sudati_administracao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/497/projeto_de_lei_n_79_2024_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_michele_fogliato_resta_reoon_educacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/498/projeto_de_lei_n_80_2024_autoriza_renovacao_contrato_administrativo_prof_geografia_alan_nacimento_do_nascimento_educacao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/499/projeto_de_lei_n_81_2024_autoriza_renovacao_contrato_administrativo_prof_ed_especial_otavio_lavarda_pivotto_educacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/500/projeto_de_lei_n_82_2024_autoriza_renovacao_contrato_administrativo_prof_portugues_paula_bidinoto_bastos_educacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/501/projeto_de_lei_n_83_2024_autoriza_renovacao_contrato_administrativo_prof_ed_fisica_vagner_dos_santos_pires_educacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_lei_n_84_2024_autoriza_renovacao_contrato_administrativo_prof_ed_infantil_juliana_vieira_machado_educacao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei_n_86_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_mariele_rodrigues_da_silva_educacao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_87_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_darlene_cristina_colaco_chaves_educacao.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_n_89_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_jessica_da_cunha_educacao.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n_90_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_juliane_pacheco_lopes_educacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_n_91_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_leticia_ribeiro_anezi_educacao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_n_92_2024_autoriza_renovacao_contrato_administrativo_medico_plantonista_joao_alberto_nascimento_da_silva_saude.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/515/projeto_de_lei_n_93_2024_autoriza_renovacao_contrato_administrativo_farmaceutico_adriane_erbice_bianchini_saude.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_lei_n_94_2024_autoriza_renovacao_contrato_administrativo_motorista_rafael_flores_de_almeida_saude.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_n_95_2024_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_loreci_dos_santos_saude.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_n_96_2024_autoriza_renovacao_contrato_administrativo_tecnico_enfermagem_luiza_peranzoni_silveira_saude.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/519/projeto_de_lei_n_97_2024_autoriza_renovacao_contrato_administrativo_dentista_francine_girardon_fabero_saude.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/520/projeto_de_lei_n_98_2024_autoriza_renovacao_contrato_administrativo_motorista_joao_marcelo_pivoto_specht_saude.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/521/projeto_de_lei_n_99_2024_autoriza_renovacao_contrato_administrativo_motorista_luidi_ferrari_melo_saude.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/427/projeto_de_resolucao_01-2024_-_ordem_cronologica.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/451/projeto_de_resolucao_02-2024_-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_resolucao_03-2024_-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/522/projeto_de_resolucao_04-2024_-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_resolucao_05-2024_-_abre_credito_suplementar.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/493/emenda_modificativa_no_01_ao_pl_de_iniciativa_no_08-2024_-_servico_de_transporte.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/494/substitutivo_a_emenda_supressiva_01-2024-_ao_projeto_de_lei_de_iniciativa_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/419/projeto_de_lei_de_iniciativa_no_01_-_2023_-_revisao_geral_-_servidores.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/429/projeto_de_lei_de_iniciativa_no_02_-_2024_-_altera_o_art_3_da_cavalgada_maximiliano.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/447/projeto_de_lei_de_iniciativa_no_03_-_2024_-_subsidios_vereadores.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/448/projeto_de_lei_de_iniciativa_no_04_-_2024_-_subsidio_prefeito.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/449/projeto_de_lei_de_iniciativa_no_05_-_2024_-_subsidio_secretarios.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/460/projeto_de_lei_de_iniciativa_no06_2024-.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/473/projeto_de_lei_de_iniciativa_no07_2024-.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/490/projeto_de_lei_de_iniciativa_no08_2024-.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/418/projeto_de_decreto_legislativo_-_01-2023.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/486/projeto_de_decreto_legislativo_-_02-2024.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/408/projeto_de_lei_no_001-2024_-_autoriza_contrato_temporario_professor_de_filosofia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/409/projeto_de_lei_no_002-2024_-_autoriza_contrato_temporario_professor_de_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/410/projeto_de_lei_no_003-2024_-_renovacao_de_contrato_professor_artes-_contrato_004-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/411/projeto_de_lei_no_004-2024_-_renovacao_de_contrato_professor_educacao_fisica_-_contrato_005-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/412/projeto_de_lei_no_005-2024_-_renovacao_de_contrato_professor_portugues_-_contrato_003-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/413/projeto_de_lei_no_006-2024__altera_o__2o_do_art._1o_da_lei_municipal_1578-2015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/414/projeto_de_lei_no_007-2024_-_renovacao_de_contrato_servicos_gerais_-_contrato_017-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/415/projeto_de_lei_no_008-2024_-_renovacao_de_contrato_servicos_gerais_-_contrato_006-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/416/projeto_de_lei_no_009-2024_-_renovacao_de_contrato_professora_educacao_infantil_-_contrato_007-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_no_010-2024_-_autoriza_contrato_temporario_agente_comunitario_de_saude_-_processo_seletivo_vigente.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei_no_11-2024_-_reajuste_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_de_lei_n_12-2024-_revisao_geral_anual_e_aumento_de_remuneracao_2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/422/projeto_de_lei__no_13-2024_-reajuste_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/423/projeto_de_lei_n_014_2024_altera_o_numero_de_vagas_do_cargo_de_professor_de_educacao_infantil_contante_no_quadro_anexo_do_art_33_da_lei_1_633.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/424/projeto_de_lei_n_015_2024_autoriza_a_contratacao_emergencial_de_dois_motoristas_2_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/425/projeto_de_lei_n_016_2024_autoriza_aumento_de_carga_horaria_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/426/projeto_de_lei_n_017_2024_credito_especial_contratos_motorista_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_lei_n_18_2024_amplia_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_lei_no_019-2024_-_renovacao_de_contrato_professora_educacao_infantil_-_contrato_003-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_n_20_2024_autoriza_contrato_temporario_professor_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/432/projeto_de_lei_n_21_2024_renovacao_de_contrato_motorista_rafael_almeida_contrato_017_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_n_22_2024_renovacao_de_contrato_medico_contrato_013_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/434/projeto_de_lei_n_23_2024_renovacao_do_contrato_010_2018_medico_plantonista.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/435/projeto_de_lei_n_24_2024_renovacao_de_contrato_farmaceutica_contrato_027_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/436/projeto_de_lei_n_25_024_renovacao_contrato_012_2023_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/437/projeto_de_lei_n_26_2024_renovacao_do_contrato_015_2021_tecnica_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/438/projeto_de_lei_n_27_2024_autoriza_a_contratacao_temporaria_de_tres_monitoras_de_creche.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/439/projeto_de_lei_no_028-2024_-_renovacao_de_contrato_professor_educacao_especial_-_contrato_010-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/440/projeto_de_lei_no_029-2024_-_renovacao_de_contrato_professor_educacao_ingles_-_contrato_011-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_lei_n_30_2024_autoriza_aumento_de_carga_horaria_professora_ciencias_contrato_002_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/442/projeto_de_lei_n_031_2024_autoriza_a_contratacao_emergencial_de_um_motorista_novo_processo_seletivo_simplificado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/443/projeto_de_lei_n_32_2024_renovacao_de_contrato_servicos_gerais_014_22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/444/projeto_de_lei_n_33_2024_renovacao_de_contrato_tecnica_agropecuaria_contrato_012_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/445/projeto_de_lei_n_34_2024_autoriza_contratacao_de_01_servicos_gerais_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/446/projeto_de_lei_n_35_2024_altera_o_art_27_34_e_38_6_da_lei_municipal_1_998_2022_rpps.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/452/projeto_de_lei_substitutivo_001_2024_ao_projeto_de_lei_n_36_2024_autoriza_contratacao_temporaria_de_auxiliar_administrativo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/453/projeto_de_lei_n_37_2024_autoriza_contratacao_temporaria_de_monitor_de_creche.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/450/projeto_de_lei_n_38_2024_escola_em_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/454/projeto_de_lei_n_39_2024_autoriza_contratacao_temporaria_de_motorista_para_a_saude.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/455/projeto_de_lei_n_41_2024_autoriza_aumento_carga_horaria_professor_de_ingles.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/456/projeto_de_lei_n_42_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/457/projeto_de_lei_n_43_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais_3_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/458/projeto_de_lei_n_44_2024_autoriza_aumento_carga_horaria_professora_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/459/projeto_de_lei_n_45_2024_autoriza_cessao_de_uso_gratuito_a_corsan_2_.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/461/projeto_de_lei_n_46_2024_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_debora_viero_deponti_lancanova.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/462/projeto_de_lei_n_47_2024_autoriza_renovacao_contrato_administrativo_prof_educacao_fisica_veronica_ferreira_machado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/463/projeto_de_lei_substitutivo_002_2024_ao_projeto_de_lei_n_48_2024_autoriza_prorrogar_vigencia_de_contrato.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/464/projeto_de_lei_n_49_2024_autoriza_renovacao_contrato_administrativo_prof_ingles_edilvane_de_fatima_tolfo_de_lima.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/465/projeto_de_lei_n_50_2024_autoriza_renovacao_contrato_administrativo_prof_matematica_vartieli_lopes_viero.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/466/projeto_de_lei_n_51_2024_autoriza_renovacao_contrato_administrativo_prof_ciencias_janayna_chaves_brizzolla.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/467/projeto_de_lei_n_52_2024_autoriza_renovacao_contrato_administrativo_prof_matematica_luciele_moscato_prestes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/468/projeto_de_lei_n_53_2024_autoriza_renovacao_contrato_administrativo_monitora_de_creche_vera_lucia_garcia_alves.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/469/projeto_de_lei_n_54_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_carla_ben_scalcao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/470/projeto_de_lei_n_55_2024_autoriza_renovacao_contrato_administrativo_prof_artes_celso_cleomar_de_bastos_brasil.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/471/projeto_de_lei_n_56_2024_autoriza_renovacao_contrato_administrativo_motorista_jader_franco_balbon.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/472/projeto_de_lei_n_57_2024_autoriza_renovacao_contrato_administrativo_assistente_social_luciana_della_flora.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/474/projeto_de_lei_n_58_2024_autoriza_contratacao_temporaria_de_professor_educacao_infantil_2_.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/475/projeto_de_lei_n_59_2024_altera_a_lei_municipal_n_2_042_de_15_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/476/projeto_de_lei_n_60_2024_institui_o_servico_de_atencao_aos_animais_dispoe_sobre_os_programas_de_amparo_mecanismos_de_esterilizacao_adocao_controle_etico_da_populacao_de_caes_e_gatos_apli.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/478/projeto_de_lei_n_61_2024_autoriza_aumento_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/477/projeto_de_lei_n_62_2024_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_juciana_selma_nicola.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/479/projeto_de_lei_n_63_2024_autoriza_renovacao_contrato_administrativo_nutricionista_josiane_erbice_bianchini.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/480/projeto_de_lei_n_64_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_silvia_bruno_frigo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/481/projeto_de_lei_n_65_2024_autoriza_renovacao_contrato_administrativo_professor_historia_bruna_delevati.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/482/projeto_de_lei_n_66_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_mikaeli_manzoni_munareto.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/483/projeto_de_lei_n_67_2024_autoriza_contratacao_temporaria_de_servicos_gerais_emei.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/484/projeto_de_lei_no_68-2024_-_altera_a_lei_municipal_no_2.042_de_15_de_dezembro_de_2022_-_acrescenta_possibilidade_de_compensacao_de_parcelas_pagas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/487/projeto_de_lei_n_69_2024_institui_o_cartao_de_estacionamento_para_idoso_2_.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/488/projeto_de_lei_substitutivo_004-2024_ao_projeto_de_lei_no_70-2024_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/489/projeto_de_lei_no_71-2024_-_autoriza_o_poder_executivo_a_aderir_ao_projeto_mais_medicos_-_revoga_lei_1.499-2014_2.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/491/projeto_de_lei_n_72_2024_altera_lei_de_criacao_do_conselho_municipal_de_educacao_lei_municipal_n_887_2005.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/492/projeto_de_lei_n_73_2024_altera_a_lei_municipal_n_1_654_2016_acrescenta_art_16_a.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/504/projeto_de_lei_n_74_2024_autoriza_renovacao_contrato_administrativo_motorista_edinardo_manzoni_ciscato_agricultura.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/505/projeto_de_lei_n_75_2024_autoriza_renovacao_contrato_administrativo_motorista_marcelo_cortese_roos_agricultura.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/506/projeto_de_lei_n_76_2024_autoriza_renovacao_contrato_administrativo_tecnica_agropecuario_vitoria_monteiro_gaike_agricultura.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei_n_78_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_silvan_piexak_sudati_administracao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/497/projeto_de_lei_n_79_2024_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_michele_fogliato_resta_reoon_educacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/498/projeto_de_lei_n_80_2024_autoriza_renovacao_contrato_administrativo_prof_geografia_alan_nacimento_do_nascimento_educacao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/499/projeto_de_lei_n_81_2024_autoriza_renovacao_contrato_administrativo_prof_ed_especial_otavio_lavarda_pivotto_educacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/500/projeto_de_lei_n_82_2024_autoriza_renovacao_contrato_administrativo_prof_portugues_paula_bidinoto_bastos_educacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/501/projeto_de_lei_n_83_2024_autoriza_renovacao_contrato_administrativo_prof_ed_fisica_vagner_dos_santos_pires_educacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/502/projeto_de_lei_n_84_2024_autoriza_renovacao_contrato_administrativo_prof_ed_infantil_juliana_vieira_machado_educacao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei_n_86_2024_autoriza_renovacao_contrato_administrativo_servicos_gerais_mariele_rodrigues_da_silva_educacao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_87_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_darlene_cristina_colaco_chaves_educacao.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_n_89_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_jessica_da_cunha_educacao.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n_90_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_juliane_pacheco_lopes_educacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_n_91_2024_autoriza_renovacao_contrato_administrativo_monitor_de_creche_leticia_ribeiro_anezi_educacao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_n_92_2024_autoriza_renovacao_contrato_administrativo_medico_plantonista_joao_alberto_nascimento_da_silva_saude.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/515/projeto_de_lei_n_93_2024_autoriza_renovacao_contrato_administrativo_farmaceutico_adriane_erbice_bianchini_saude.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_lei_n_94_2024_autoriza_renovacao_contrato_administrativo_motorista_rafael_flores_de_almeida_saude.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_n_95_2024_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_loreci_dos_santos_saude.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_n_96_2024_autoriza_renovacao_contrato_administrativo_tecnico_enfermagem_luiza_peranzoni_silveira_saude.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/519/projeto_de_lei_n_97_2024_autoriza_renovacao_contrato_administrativo_dentista_francine_girardon_fabero_saude.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/520/projeto_de_lei_n_98_2024_autoriza_renovacao_contrato_administrativo_motorista_joao_marcelo_pivoto_specht_saude.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/521/projeto_de_lei_n_99_2024_autoriza_renovacao_contrato_administrativo_motorista_luidi_ferrari_melo_saude.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/427/projeto_de_resolucao_01-2024_-_ordem_cronologica.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/451/projeto_de_resolucao_02-2024_-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/485/projeto_de_resolucao_03-2024_-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/522/projeto_de_resolucao_04-2024_-_abre_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_resolucao_05-2024_-_abre_credito_suplementar.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>