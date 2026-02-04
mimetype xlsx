--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1246" uniqueCount="600">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1262" uniqueCount="607">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1255,50 +1255,62 @@
   <si>
     <t>693</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/693/projeto_de_lei_credito_especial_83_alteracao_loa_2026.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 83, DE 03 DE DEZEMBRO DE 2025. “ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS. ”</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_n_100_2024_calendario_de_eventos_2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 100, DE 19 DE DEZEMBRO DE 2024 INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O ANO DE 2025.</t>
   </si>
   <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/695/projeto_de_lei_n_084_2025_calendario_de_eventos_2026.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 084, DE 19 DE DEZEMBRO DE 2025 INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL PARA O ANO DE 2026.</t>
+  </si>
+  <si>
     <t>541</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/541/projeto_de_lei_complementar_n_01_2025_altera_plano_de_carreira_altera_o_quadro_de_servidores_efetivos_abre_vagas_para_monitor_de_creche_e_visitador_2.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 01, DE 02 DE JANEIRO DE 2025. ALTERA O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º, DA LEI COMPLEMENTAR MUNICIPAL Nº 02, DE 04 DE ABRIL DE 2012, COM A CRIAÇÃO DE 01 (UMA) VAGA PARA O CARGO DE MONITOR DE CRECHE DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E 01 (UMA) VAGA PARA O CARGO DE VISITADOR PARA ATUAR NA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lc_03-2025_-_cargos_educacao_e_impacto_financeiro.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 03, DE 28 DE JANEIRO DE 2025. ALTERA OS INCISOS II E IX DO ARTIGO 21 DA LEI COMPLEMENTAR MUNICIPAL N° 02 DE 04 DE ABRIL DE 2012, QUE TRATA DO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>566</t>
@@ -1358,50 +1370,59 @@
     <t>678</t>
   </si>
   <si>
     <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/678/projeto_de_lei_complementar_n_10_2025_plano_de_beneficios_do_rpps.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 10, DE 15 DE AGOSTO DE 2025. ESTABELECE PLANO DE BENEFÍCIOS DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS EFETIVOS DO MUNICÍPIO DE NOVA ESPERANÇA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_complementar_n_11_2025_altera_carga_horaria_dentista.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 11, DE 17 DE OUTUBRO DE 2025. ALTERA A CARGA HORÁRIA DO CARGO DE DENTISTA 40H NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º DA LEI COMPLEMENTAR Nº 02, DE 04 DE ABRIL DE 2012, E AS CONDIÇÕES DE TRABALHO NO ANEXO I, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_complementar_n_12_2025_altera_coeficientes_padrao_7_da_lc_02_2012.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 12, DE 06 DE NOVEMBRO DE 2025. ALTERA OS COEFICIENTES DAS CLASSES REFERENTES AO PADRÃO 7 DE VENCIMENTOS DA TABELA CONSTANTE DO ART. 26 DA LEI COMPLEMENTAR Nº 02, DE 04 DE ABRIL DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>694</t>
+  </si>
+  <si>
+    <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/694/projeto_de_lei_complementar_n_13_2025_altera_plano_de_carreira_altera_as_atribuicoes_de_fiscal_municipal.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR Nº 13, DE 18 DE DEZEMBRO DE 2025. ALTERA AS ATRIBUIÇÕES DO CARGO DE FISCAL MUNICIPAL NA LEI COMPLEMENTAR Nº 02, DE 04 DE ABRIL DE 2012.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/543/projeto_de_resolucao_01-2025_-_altera_resolucao_que_regulamenta_lei_de_licitacoes.doc</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 001/2025 “ALTERA OS ARTIGOS 13 E 20-A, DA RESOLUÇÃO Nº 002, DE 13 DE MARÇO DE 2023.”</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_resolucao_002-2025_-_abre_credito_adicional_sumplementar.doc</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 002/2025 “ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO PODER LEGISLATIVO MUNICIPAL PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
@@ -2158,56 +2179,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/532/emenda_aditiva_e_modificativa_002-2025_-_ao_projeto_de_lei_de_iniciativa_no_003-2025_-_podas.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_aditiva_e_modificativa_003-2025_-_ao_projeto_de_lei_no_053-2025.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/646/emenda_modificativa_e_aditiva_004-2025_-_ao_projeto_de_lei_no_053-2025.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/647/emenda_modificativa_005-2025_-_ao_projeto_de_lei_no_052-2025.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/649/emenda_aditiva_006-2025_-_ao_projeto_de_lei_no_056-2025.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/663/emenda_modificativa_007-2025_-_ao_projeto_de_lei_de_iniciativa_no_017-2025.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/674/emenda_modificativa_e_aditiva_008-2025_-_ao_projeto_de_lei_de_iniciativa_n_019-2025.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_de_lei_de_iniciativa_no_03-2025_-_regulamenta_poda_de_arvores_no_ambito_do_municipio.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_de_lei_de_iniciativa_no_04_-_2025_-_revisao_geral_-_servidores.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_de_iniciativa_no_005_-_2025_-_semana_azul_-_autismo.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_lei_de_iniciativa_no_006_-_2025_-_conselho_das_pessoas_com_deficiencia.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/587/projeto_de_lei_de_iniciativa_no_007_-_2025_-_sistema_municipal_de_defesa_do_consumidor.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_de_iniciativa_no_008_-_2025_-_institui_proerd_-_nova_esperanca_do_sul.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_de_iniciativa_no_009_-_2025_-_altera_o_artigo_1_2_da_lei_1.696_-_ipe_saude.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_de_iniciativa_no_010_-_2025_-_altera_o_artigo_2_inciso_ii_da_lei_municipal_n_1.368_de_22_de_marco_de_2012.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/549/mocao_de_apoio_001-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/567/mocao_de_congratulacao_no_001_-_2025_-_tenente_defesa_civil.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_decreto_legislativo_comenda_ines_engroff.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_decreto_legislativo_002-2025_-_julgamento_contas.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/539/projeto_de_lei_de_iniciativa_no_01_-_2025_-_isencao_de_pagamento_de_taxa_de_inscricao_em_concurso_publico.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lc_03-2025_-_cargos_educacao_e_impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_n_004_2025_altera_a_lei_municipal_n_966_2006_numero_de_permissoes_taxis.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/524/projeto_de_lei_n_005_2025_revisao_geral_anual_executivo_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/530/projeto_de_lei_n_008_2025_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/531/projeto_de_lei_n_009_2025_refis_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/537/projeto_de_lei_010_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_011-2025_-_abre_credito_especial_-_camara.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/550/projeto_de_lei_n_012_2025_autoriza_contratacao_temporaria_de_operarios.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/551/projeto_de_lei_n_013_2025_aumento_de_carga_horaria_professor_de_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei_n_014_2025_aumento_de_carga_horaria_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_n_015_2025_aumento_de_carga_horaria_professor_de_geografia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei_n_016_2025_aumento_de_carga_horaria_professora_de_matematica_e_de_ingles.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_n_017_2025_autoriza_contratacao_temporaria_de_dentista.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_lei_n_018_2025_aumento_de_carga_horaria_professora_de_matematica.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_n_019_2025_altera_a_lei_municipal_966_de_2006.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_n_020_2025_altera_aliquotas_rpps.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_n_021_2025_aumento_de_carga_horaria_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_n_022_2025_autoriza_contratacao_temporaria_de_agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_n_023_-_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_lei_n_024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_n_025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_lei_n_26.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_n_27.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_n_28.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_n_029_-2025_-_prorroga_contrato_monitora_de_escola.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/585/projeto_de_lei_n_030_-_2025_-_contratacao_temporaria_de_professor_de_educacao_infantil_-_22_horas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_n_031_-_2025_-_contribuicao_do_executivo_ao_ipe.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/589/projeto_de_lei_n_032_-_denomina_ruas_municipais.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_033-2025_-_abre_credito_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_n_034-2025_autoriza_contratacao_temporaria_de_monitor_escolar.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/597/projeto_de_lei_n_035_2025_autoriza_contratacao_temporaria_de_professor_de_educacao_infantil_e_um_de_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/598/projeto_de_lei_n_036-_2025_credito_especial_cras.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/609/projeto_de_lei_037_-_2025_-_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_juciana_selma_nicola.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/610/projeto_de_lei_n_038_-_2025_-_autoriza_renovacao_contrato_administrativo_professor_historia_bruna_delevati.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_lei_039_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_artes_celso_cleomar_de_bastos_brasil.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_lei_040_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_ciencias_janayna_chaves_brizzolla.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_041_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_matematica_vartieli_lopes_viero.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_042_-_2025-_autoriza_renovacao_contrato_administrativo_servicos_gerais_carla_ben_scalcao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_043_-_2025_-_autoriza_renovacao_contrato_administrativo_monitor_de_creche_mikaeli_manzoni_munareto.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_lei_044_-_2025_-_autoriza_renovacao_contrato_administrativo_monitora_de_creche_vera_lucia_garcia_alves.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/617/projeto_de_lei_045_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_debora_viero_deponti_lancanova.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_lei_046_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_ingles_edilvane_de_fatima_tolfo_de_lima.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_lei_047_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_liliane_siqueira_medeiros.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_048_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_educacao_fisica_veronica_ferreira_machado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_049_-_2025_-_autoriza_renovacao_contrato_administrativo_motorista_jader_franco_balbon.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/626/projeto_de_lei_n_050-2025_-_autoriza_doacao_de_terreno_para_reciclagem_martins.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/634/projeto_de_lei_n_051_2025_cria_o_fundo_municipal_de_habitacao_de_interesse_social_fhis_e_institui_o_conselho_gestor_do_fhis.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/637/projeto_de_lei_n_052_2025_altera_lei_1_996_2022_gestao_democratica_do_ensino_publico.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/638/projeto_de_lei_n_053_2025_vale_feira.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/639/projeto_de_lei_54_ppa_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_de_lei_no_055-2025_-_altera_as_leis_municipais_1656-2016_e_722-2002_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_n_056_2025_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/652/emissao_86442c74888bd81d3e6def2d_memorando-3--2.048-2025_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/653/emissao_98424390635837c232d3775d_memorando-9--1.437-2025_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/651/2_projeto_de_lei_n_59_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_lei_n_061-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_062_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_n_063_2025_autoriza_renovacao_contrato_administrativo_farmaceutico_adriane_erbice_bianchini_saude.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_n_064_2025_autoriza_renovacao_contrato_administrativo_medico_plantonista_joao_alberto_nascimento_da_silva_saude.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_n_065_2025_autoriza_renovacao_contrato_administrativo_motorista_rafael_flores_de_almeida_saude.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/673/projeto_de_lei_n_066_2025_autoriza_renovacao_contrato_administrativo_dentista_francine_girardon_fabero_saude.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_n_067_2025_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_loreci_dos_santos_saude.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/672/projeto_de_lei_n_068_2025_autoriza_renovacao_contrato_administrativo_motorista_luidi_ferrari_melo_saude.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/675/projeto_de_lei_n_069_2025_autoriza_o_poder_executivo_a_contratar_operacoes_de_credito_com_o_badesul_desenvolvimento_s_a_agencia_de_fomento_rs.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/692/1_projeto_de_lei_n_70_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/676/projeto_de_lei_n_071_2025_autoriza_renovacao_contrato_administrativo_servicos_gerais_silvan_piexak_sudati_gestao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/681/projeto_de_lei_n_072_2025_autoriza_renovacao_contrato_administrativo_prof_ed_fisica_vagner_dos_santos_pires_educacao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/682/projeto_de_lei_n_073_2025_autoriza_renovacao_contrato_administrativo_prof_ed_especial_otavio_lavarda_pivotto_educacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/683/projeto_de_lei_n_074_2025_autoriza_renovacao_contrato_administrativo_prof_geografia_alan_nacimento_do_nascimento_educacao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/685/projeto_de_lei_n_075_2025_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_michele_fogliato_resta_reoon_educacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/684/projeto_de_lei_n_076_2025_autoriza_renovacao_contrato_administrativo_monitor_de_creche_juliane_pacheco_lopes_educacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_n_077_2025_autoriza_renovacao_contrato_administrativo_motorista_edinardo_manzoni_ciscato_agricultura.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_n_078_2025_autoriza_renovacao_contrato_administrativo_motorista_marcelo_cortese_roos_agricultura.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/688/projeto_de_lei_n_079_2025_autoriza_renovacao_contrato_administrativo_tecnica_agropecuario_vitoria_monteiro_gaike_agricultura.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_n_080_2025_altera_a_lei_municipal_1_144_2009_revelia_pae.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_n_081_2025_autoriza_renovacao_contrato_administrativo_prof_ed_infantil_juliane_hiitter_munareto_educacao.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_n_082_2025_autoriza_renovacao_contrato_administrativo_monitor_de_creche_leticia_ribeiro_anezi_educacao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/693/projeto_de_lei_credito_especial_83_alteracao_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_n_100_2024_calendario_de_eventos_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/541/projeto_de_lei_complementar_n_01_2025_altera_plano_de_carreira_altera_o_quadro_de_servidores_efetivos_abre_vagas_para_monitor_de_creche_e_visitador_2.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lc_03-2025_-_cargos_educacao_e_impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/566/projeto_de_lei_complementar_004-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_complementar_005-2025_-_cria_cargo_de_oficial_administrativo_e_fiscal_municipal.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_complementar_n_06-2025-altera_plano_de_carreira_altera_as_atribuicoes_de_agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_complementar_n_07_-_2025_altera_plano_de_carreira_extingue_cargo_de_diretor_do_departamento_educacional_e_transforma_diretor_do_departamento_cultural_em_cc3.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_lei_complementar_08_-_2025_-_altera_cargo_de_monitor_de_escola_para_cargo_efetivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/636/projeto_de_lei_complementar_n_09_de_03_de_julho_de_2025..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/678/projeto_de_lei_complementar_n_10_2025_plano_de_beneficios_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_complementar_n_11_2025_altera_carga_horaria_dentista.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_complementar_n_12_2025_altera_coeficientes_padrao_7_da_lc_02_2012.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/543/projeto_de_resolucao_01-2025_-_altera_resolucao_que_regulamenta_lei_de_licitacoes.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_resolucao_002-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_resolucao_003-2025_-_abre_credito_adicional_sumplementar_-_diarias.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/570/resolucao_004-2025_-_abre_credito_adicional_sumplementar_-_manutencao_de_atividades_de_operacoes_legislativas.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_resolucao_005-2025_-_abre_credito_adicional_sumplementar_abase.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_resolucao_006_-_2025_-_titulo_cidadao_benemerito_-_bancada_pp.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/579/projeto_de_resolucao_007_-_2025_-_titulo_cidadao_benemerito_-_bancada_pdt.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/581/projeto_de_resolucao_009_-_2025_-_titulo_cidadao_benemerito_-_bancada_mdb.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/582/projeto_de_resolucao_010_-_2025_-_titulo_cidadao_benemerito_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_resolucao_011-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_resolucao_012-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_resolucao_013_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_marilene_anibele_zambeli.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/601/projeto_de_resolucao_014_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_marta_cilene_spagnolo.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_resolucao_015_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_claudia_locateli_rosa.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/603/projeto_de_resolucao_016_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_mara_ines_florio_rao.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/604/projeto_de_resolucao_017_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_elisandra_carloto_saciloto.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_resolucao_018_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_eva_rejane_de_matos_rodrigues.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_resolucao_019_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_anelice_reolon.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/608/projeto_de_resolucao_020_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_do_margarete_fabero_fontoura.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/607/projeto_de_resolucao_021_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_marcia_fabiana_machado.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_resolucao_022-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_resolucao_023-2025-_criacao_de_comissao_especial_para_alteracao_do_regimento.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_resolucao_024-2021_-_autoriza_termo_de_adesao_uvergs.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/657/projeto_de_resolucao_025-2025-_altera_resolucao_006-2013_-_diarias.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_resolucao_026-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/662/projeto_de_resolucao_027-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/667/projeto_de_resolucao_028-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/630/proposta_de_emenda_a_lei_organica1-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/680/proposta_de_emenda_02_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_lei_complementar_substitutivo_001_2025_ao_plc_02_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_de_iniciativa_no_009_-_2025_-_altera_o_artigo_1_2_da_lei_1.696_-_ipe_saude.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_lei_de_iniciativa_no_011-_2025_-_auxilio_para_readaptacao_das_mulheres_vitimas_de_violencia_domestica_e_familiar.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_de_iniciativa_no_012-_2025_-_mapa_da_inclusao_da_pessoa_com_deficiencia.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/632/projeto_de_lei_de_iniciativa_n_013-2025-_altera_o_artigo_6_da_lei_municipal_n_2.296_de_15_de_abril_de_2025.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_de_iniciativa_no_014_-_2025_-_altera_lei_519-97_-_institui_projeto_prefeito_por_um_dia_-_nova_esperanca_do_sul.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_de_iniciativa_no_015_-_2025_-_projeto_conhecendo_para_escolher.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_de_iniciativa_no_016_-_2025_-_projeto_educacao_para_a_cidadania.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/655/projeto_de_lei_de_iniciativa_no_017_-_2025_-_comuca-_conselho_municipal_da_causa_animal.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_de_iniciativa_no_018_-_2025_-_institui_a_semana_municipal_da_cultura_do_evangelho.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/665/projeto_de_lei_de_iniciativa_no_019-_2025_-__projeto_vereadora_luciane.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/633/indicacao_no_003-2025_-_anteprojeto_de_lei_dispoe_sobre_a_distribuicao_de_absorventes_higienicos_descartaveis.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_no_002-2025_-_anteprojeto_de_lei_dispoe_sobre_a_implantacao_da_carreta_do_saber.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_005-2025_-_indicacao_sobre_a_construcao_de_area_de_lazer_e_homenagem_no_estadio_mario_scalon.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/532/emenda_aditiva_e_modificativa_002-2025_-_ao_projeto_de_lei_de_iniciativa_no_003-2025_-_podas.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_aditiva_e_modificativa_003-2025_-_ao_projeto_de_lei_no_053-2025.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/646/emenda_modificativa_e_aditiva_004-2025_-_ao_projeto_de_lei_no_053-2025.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/647/emenda_modificativa_005-2025_-_ao_projeto_de_lei_no_052-2025.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/649/emenda_aditiva_006-2025_-_ao_projeto_de_lei_no_056-2025.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/663/emenda_modificativa_007-2025_-_ao_projeto_de_lei_de_iniciativa_no_017-2025.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/674/emenda_modificativa_e_aditiva_008-2025_-_ao_projeto_de_lei_de_iniciativa_n_019-2025.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_de_lei_de_iniciativa_no_03-2025_-_regulamenta_poda_de_arvores_no_ambito_do_municipio.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/536/projeto_de_lei_de_iniciativa_no_04_-_2025_-_revisao_geral_-_servidores.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_de_iniciativa_no_005_-_2025_-_semana_azul_-_autismo.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_lei_de_iniciativa_no_006_-_2025_-_conselho_das_pessoas_com_deficiencia.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/587/projeto_de_lei_de_iniciativa_no_007_-_2025_-_sistema_municipal_de_defesa_do_consumidor.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_de_iniciativa_no_008_-_2025_-_institui_proerd_-_nova_esperanca_do_sul.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_de_iniciativa_no_009_-_2025_-_altera_o_artigo_1_2_da_lei_1.696_-_ipe_saude.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/592/projeto_de_lei_de_iniciativa_no_010_-_2025_-_altera_o_artigo_2_inciso_ii_da_lei_municipal_n_1.368_de_22_de_marco_de_2012.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/549/mocao_de_apoio_001-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/567/mocao_de_congratulacao_no_001_-_2025_-_tenente_defesa_civil.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_decreto_legislativo_comenda_ines_engroff.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_decreto_legislativo_002-2025_-_julgamento_contas.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/539/projeto_de_lei_de_iniciativa_no_01_-_2025_-_isencao_de_pagamento_de_taxa_de_inscricao_em_concurso_publico.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lc_03-2025_-_cargos_educacao_e_impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_n_004_2025_altera_a_lei_municipal_n_966_2006_numero_de_permissoes_taxis.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/524/projeto_de_lei_n_005_2025_revisao_geral_anual_executivo_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/530/projeto_de_lei_n_008_2025_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/531/projeto_de_lei_n_009_2025_refis_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/537/projeto_de_lei_010_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_011-2025_-_abre_credito_especial_-_camara.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/550/projeto_de_lei_n_012_2025_autoriza_contratacao_temporaria_de_operarios.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/551/projeto_de_lei_n_013_2025_aumento_de_carga_horaria_professor_de_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/552/projeto_de_lei_n_014_2025_aumento_de_carga_horaria_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_n_015_2025_aumento_de_carga_horaria_professor_de_geografia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei_n_016_2025_aumento_de_carga_horaria_professora_de_matematica_e_de_ingles.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_n_017_2025_autoriza_contratacao_temporaria_de_dentista.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_lei_n_018_2025_aumento_de_carga_horaria_professora_de_matematica.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/558/projeto_de_lei_n_019_2025_altera_a_lei_municipal_966_de_2006.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_n_020_2025_altera_aliquotas_rpps.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_n_021_2025_aumento_de_carga_horaria_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_n_022_2025_autoriza_contratacao_temporaria_de_agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_n_023_-_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_lei_n_024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_n_025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_lei_n_26.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/576/projeto_de_lei_n_27.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/575/projeto_de_lei_n_28.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_n_029_-2025_-_prorroga_contrato_monitora_de_escola.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/585/projeto_de_lei_n_030_-_2025_-_contratacao_temporaria_de_professor_de_educacao_infantil_-_22_horas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_n_031_-_2025_-_contribuicao_do_executivo_ao_ipe.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/589/projeto_de_lei_n_032_-_denomina_ruas_municipais.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/590/projeto_de_lei_033-2025_-_abre_credito_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_n_034-2025_autoriza_contratacao_temporaria_de_monitor_escolar.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/597/projeto_de_lei_n_035_2025_autoriza_contratacao_temporaria_de_professor_de_educacao_infantil_e_um_de_anos_iniciais.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/598/projeto_de_lei_n_036-_2025_credito_especial_cras.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/609/projeto_de_lei_037_-_2025_-_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_juciana_selma_nicola.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/610/projeto_de_lei_n_038_-_2025_-_autoriza_renovacao_contrato_administrativo_professor_historia_bruna_delevati.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_lei_039_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_artes_celso_cleomar_de_bastos_brasil.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/612/projeto_de_lei_040_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_ciencias_janayna_chaves_brizzolla.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_041_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_matematica_vartieli_lopes_viero.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/614/projeto_de_lei_042_-_2025-_autoriza_renovacao_contrato_administrativo_servicos_gerais_carla_ben_scalcao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_043_-_2025_-_autoriza_renovacao_contrato_administrativo_monitor_de_creche_mikaeli_manzoni_munareto.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_lei_044_-_2025_-_autoriza_renovacao_contrato_administrativo_monitora_de_creche_vera_lucia_garcia_alves.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/617/projeto_de_lei_045_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_debora_viero_deponti_lancanova.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_lei_046_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_ingles_edilvane_de_fatima_tolfo_de_lima.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_lei_047_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_liliane_siqueira_medeiros.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_048_-_2025_-_autoriza_renovacao_contrato_administrativo_prof_educacao_fisica_veronica_ferreira_machado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/621/projeto_de_lei_049_-_2025_-_autoriza_renovacao_contrato_administrativo_motorista_jader_franco_balbon.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/626/projeto_de_lei_n_050-2025_-_autoriza_doacao_de_terreno_para_reciclagem_martins.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/634/projeto_de_lei_n_051_2025_cria_o_fundo_municipal_de_habitacao_de_interesse_social_fhis_e_institui_o_conselho_gestor_do_fhis.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/637/projeto_de_lei_n_052_2025_altera_lei_1_996_2022_gestao_democratica_do_ensino_publico.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/638/projeto_de_lei_n_053_2025_vale_feira.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/639/projeto_de_lei_54_ppa_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_de_lei_no_055-2025_-_altera_as_leis_municipais_1656-2016_e_722-2002_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_n_056_2025_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/652/emissao_86442c74888bd81d3e6def2d_memorando-3--2.048-2025_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/653/emissao_98424390635837c232d3775d_memorando-9--1.437-2025_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/651/2_projeto_de_lei_n_59_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/656/projeto_de_lei_n_061-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_062_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_n_063_2025_autoriza_renovacao_contrato_administrativo_farmaceutico_adriane_erbice_bianchini_saude.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/669/projeto_de_lei_n_064_2025_autoriza_renovacao_contrato_administrativo_medico_plantonista_joao_alberto_nascimento_da_silva_saude.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_n_065_2025_autoriza_renovacao_contrato_administrativo_motorista_rafael_flores_de_almeida_saude.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/673/projeto_de_lei_n_066_2025_autoriza_renovacao_contrato_administrativo_dentista_francine_girardon_fabero_saude.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_n_067_2025_autoriza_renovacao_contrato_administrativo_agente_comunitario_de_saude_loreci_dos_santos_saude.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/672/projeto_de_lei_n_068_2025_autoriza_renovacao_contrato_administrativo_motorista_luidi_ferrari_melo_saude.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/675/projeto_de_lei_n_069_2025_autoriza_o_poder_executivo_a_contratar_operacoes_de_credito_com_o_badesul_desenvolvimento_s_a_agencia_de_fomento_rs.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/692/1_projeto_de_lei_n_70_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/676/projeto_de_lei_n_071_2025_autoriza_renovacao_contrato_administrativo_servicos_gerais_silvan_piexak_sudati_gestao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/681/projeto_de_lei_n_072_2025_autoriza_renovacao_contrato_administrativo_prof_ed_fisica_vagner_dos_santos_pires_educacao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/682/projeto_de_lei_n_073_2025_autoriza_renovacao_contrato_administrativo_prof_ed_especial_otavio_lavarda_pivotto_educacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/683/projeto_de_lei_n_074_2025_autoriza_renovacao_contrato_administrativo_prof_geografia_alan_nacimento_do_nascimento_educacao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/685/projeto_de_lei_n_075_2025_autoriza_renovacao_contrato_administrativo_prof_anos_iniciais_michele_fogliato_resta_reoon_educacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/684/projeto_de_lei_n_076_2025_autoriza_renovacao_contrato_administrativo_monitor_de_creche_juliane_pacheco_lopes_educacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_n_077_2025_autoriza_renovacao_contrato_administrativo_motorista_edinardo_manzoni_ciscato_agricultura.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_n_078_2025_autoriza_renovacao_contrato_administrativo_motorista_marcelo_cortese_roos_agricultura.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/688/projeto_de_lei_n_079_2025_autoriza_renovacao_contrato_administrativo_tecnica_agropecuario_vitoria_monteiro_gaike_agricultura.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_n_080_2025_altera_a_lei_municipal_1_144_2009_revelia_pae.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_n_081_2025_autoriza_renovacao_contrato_administrativo_prof_ed_infantil_juliane_hiitter_munareto_educacao.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_n_082_2025_autoriza_renovacao_contrato_administrativo_monitor_de_creche_leticia_ribeiro_anezi_educacao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/693/projeto_de_lei_credito_especial_83_alteracao_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_n_100_2024_calendario_de_eventos_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/695/projeto_de_lei_n_084_2025_calendario_de_eventos_2026.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/541/projeto_de_lei_complementar_n_01_2025_altera_plano_de_carreira_altera_o_quadro_de_servidores_efetivos_abre_vagas_para_monitor_de_creche_e_visitador_2.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/526/projeto_de_lc_03-2025_-_cargos_educacao_e_impacto_financeiro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/566/projeto_de_lei_complementar_004-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/591/projeto_de_lei_complementar_005-2025_-_cria_cargo_de_oficial_administrativo_e_fiscal_municipal.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_de_lei_complementar_n_06-2025-altera_plano_de_carreira_altera_as_atribuicoes_de_agente_administrativo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_de_lei_complementar_n_07_-_2025_altera_plano_de_carreira_extingue_cargo_de_diretor_do_departamento_educacional_e_transforma_diretor_do_departamento_cultural_em_cc3.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_lei_complementar_08_-_2025_-_altera_cargo_de_monitor_de_escola_para_cargo_efetivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/636/projeto_de_lei_complementar_n_09_de_03_de_julho_de_2025..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/678/projeto_de_lei_complementar_n_10_2025_plano_de_beneficios_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/666/projeto_de_lei_complementar_n_11_2025_altera_carga_horaria_dentista.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_de_lei_complementar_n_12_2025_altera_coeficientes_padrao_7_da_lc_02_2012.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/694/projeto_de_lei_complementar_n_13_2025_altera_plano_de_carreira_altera_as_atribuicoes_de_fiscal_municipal.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/543/projeto_de_resolucao_01-2025_-_altera_resolucao_que_regulamenta_lei_de_licitacoes.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/548/projeto_de_resolucao_002-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_resolucao_003-2025_-_abre_credito_adicional_sumplementar_-_diarias.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/570/resolucao_004-2025_-_abre_credito_adicional_sumplementar_-_manutencao_de_atividades_de_operacoes_legislativas.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/577/projeto_de_resolucao_005-2025_-_abre_credito_adicional_sumplementar_abase.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/578/projeto_de_resolucao_006_-_2025_-_titulo_cidadao_benemerito_-_bancada_pp.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/579/projeto_de_resolucao_007_-_2025_-_titulo_cidadao_benemerito_-_bancada_pdt.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/581/projeto_de_resolucao_009_-_2025_-_titulo_cidadao_benemerito_-_bancada_mdb.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/582/projeto_de_resolucao_010_-_2025_-_titulo_cidadao_benemerito_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_resolucao_011-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_resolucao_012-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_resolucao_013_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_marilene_anibele_zambeli.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/601/projeto_de_resolucao_014_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_marta_cilene_spagnolo.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/602/projeto_de_resolucao_015_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_claudia_locateli_rosa.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/603/projeto_de_resolucao_016_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_mara_ines_florio_rao.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/604/projeto_de_resolucao_017_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_elisandra_carloto_saciloto.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/605/projeto_de_resolucao_018_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_eva_rejane_de_matos_rodrigues.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_resolucao_019_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_anelice_reolon.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/608/projeto_de_resolucao_020_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_do_margarete_fabero_fontoura.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/607/projeto_de_resolucao_021_-_2025_-_concede_a_comenda_de_merito_ines_engroff_a_cidada_marcia_fabiana_machado.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/628/projeto_de_resolucao_022-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/635/projeto_de_resolucao_023-2025-_criacao_de_comissao_especial_para_alteracao_do_regimento.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_resolucao_024-2021_-_autoriza_termo_de_adesao_uvergs.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/657/projeto_de_resolucao_025-2025-_altera_resolucao_006-2013_-_diarias.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_resolucao_026-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/662/projeto_de_resolucao_027-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/667/projeto_de_resolucao_028-2025_-_abre_credito_adicional_sumplementar.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/630/proposta_de_emenda_a_lei_organica1-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/680/proposta_de_emenda_02_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/527/projeto_de_lei_complementar_substitutivo_001_2025_ao_plc_02_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_de_lei_de_iniciativa_no_009_-_2025_-_altera_o_artigo_1_2_da_lei_1.696_-_ipe_saude.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_lei_de_iniciativa_no_011-_2025_-_auxilio_para_readaptacao_das_mulheres_vitimas_de_violencia_domestica_e_familiar.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_de_iniciativa_no_012-_2025_-_mapa_da_inclusao_da_pessoa_com_deficiencia.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/632/projeto_de_lei_de_iniciativa_n_013-2025-_altera_o_artigo_6_da_lei_municipal_n_2.296_de_15_de_abril_de_2025.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_de_iniciativa_no_014_-_2025_-_altera_lei_519-97_-_institui_projeto_prefeito_por_um_dia_-_nova_esperanca_do_sul.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_de_iniciativa_no_015_-_2025_-_projeto_conhecendo_para_escolher.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_de_iniciativa_no_016_-_2025_-_projeto_educacao_para_a_cidadania.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/655/projeto_de_lei_de_iniciativa_no_017_-_2025_-_comuca-_conselho_municipal_da_causa_animal.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/664/projeto_de_lei_de_iniciativa_no_018_-_2025_-_institui_a_semana_municipal_da_cultura_do_evangelho.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/665/projeto_de_lei_de_iniciativa_no_019-_2025_-__projeto_vereadora_luciane.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/633/indicacao_no_003-2025_-_anteprojeto_de_lei_dispoe_sobre_a_distribuicao_de_absorventes_higienicos_descartaveis.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/658/indicacao_no_002-2025_-_anteprojeto_de_lei_dispoe_sobre_a_implantacao_da_carreta_do_saber.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaesperancadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_005-2025_-_indicacao_sobre_a_construcao_de_area_de_lazer_e_homenagem_no_estadio_mario_scalon.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H159"/>
+  <dimension ref="A1:H161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="253" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4838,1445 +4859,1497 @@
       </c>
       <c r="D103" t="s">
         <v>95</v>
       </c>
       <c r="E103" t="s">
         <v>96</v>
       </c>
       <c r="F103" t="s">
         <v>48</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>412</v>
       </c>
       <c r="H103" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>414</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>10</v>
+        <v>415</v>
       </c>
       <c r="D104" t="s">
-        <v>415</v>
+        <v>95</v>
       </c>
       <c r="E104" t="s">
+        <v>96</v>
+      </c>
+      <c r="F104" t="s">
+        <v>48</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="F104" t="s">
-[...2 lines deleted...]
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>418</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>10</v>
+      </c>
+      <c r="D105" t="s">
         <v>419</v>
       </c>
-      <c r="B105" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E105" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F105" t="s">
         <v>48</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H105" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D106" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E106" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F106" t="s">
         <v>48</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H106" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D107" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E107" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F107" t="s">
         <v>48</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H107" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D108" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E108" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F108" t="s">
         <v>48</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H108" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D109" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E109" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F109" t="s">
         <v>48</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H109" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D110" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E110" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F110" t="s">
         <v>48</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H110" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="D111" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E111" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F111" t="s">
         <v>48</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="H111" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D112" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E112" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F112" t="s">
         <v>48</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H112" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>120</v>
+        <v>75</v>
       </c>
       <c r="D113" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E113" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F113" t="s">
         <v>48</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H113" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D114" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E114" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="F114" t="s">
         <v>48</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H114" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>10</v>
+        <v>124</v>
       </c>
       <c r="D115" t="s">
-        <v>450</v>
+        <v>419</v>
       </c>
       <c r="E115" t="s">
+        <v>420</v>
+      </c>
+      <c r="F115" t="s">
+        <v>48</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="F115" t="s">
-[...2 lines deleted...]
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>453</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>128</v>
+      </c>
+      <c r="D116" t="s">
+        <v>419</v>
+      </c>
+      <c r="E116" t="s">
+        <v>420</v>
+      </c>
+      <c r="F116" t="s">
+        <v>48</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B116" t="s">
-[...14 lines deleted...]
-      <c r="G116" s="1" t="s">
+      <c r="H116" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>456</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" t="s">
         <v>457</v>
       </c>
-      <c r="B117" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E117" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F117" t="s">
         <v>55</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H117" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="D118" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E118" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F118" t="s">
         <v>55</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H118" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D119" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E119" t="s">
-        <v>451</v>
+        <v>458</v>
+      </c>
+      <c r="F119" t="s">
+        <v>55</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H119" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D120" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E120" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F120" t="s">
-        <v>467</v>
+        <v>55</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>468</v>
       </c>
       <c r="H120" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>470</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D121" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E121" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="F121" t="s">
+        <v>458</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="G121" s="1" t="s">
+      <c r="H121" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>473</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>31</v>
+      </c>
+      <c r="D122" t="s">
+        <v>457</v>
+      </c>
+      <c r="E122" t="s">
+        <v>458</v>
+      </c>
+      <c r="F122" t="s">
         <v>474</v>
       </c>
-      <c r="B122" t="s">
-[...11 lines deleted...]
-      <c r="F122" t="s">
+      <c r="G122" s="1" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="H122" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>477</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="D123" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E123" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F123" t="s">
         <v>478</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>479</v>
       </c>
       <c r="H123" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>481</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="D124" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E124" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F124" t="s">
-        <v>55</v>
+        <v>482</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>482</v>
+        <v>49</v>
       </c>
       <c r="H124" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>484</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>120</v>
+        <v>71</v>
       </c>
       <c r="D125" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E125" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F125" t="s">
-        <v>55</v>
+        <v>485</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H125" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>124</v>
+        <v>75</v>
       </c>
       <c r="D126" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E126" t="s">
-        <v>451</v>
+        <v>458</v>
+      </c>
+      <c r="F126" t="s">
+        <v>55</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H126" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="D127" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E127" t="s">
-        <v>451</v>
+        <v>458</v>
+      </c>
+      <c r="F127" t="s">
+        <v>55</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H127" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="D128" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E128" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H128" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="D129" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E129" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H129" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="D130" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E130" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H130" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="D131" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E131" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H131" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="D132" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E132" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H132" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D133" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E133" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H133" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="D134" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E134" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H134" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="D135" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E135" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H135" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="D136" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E136" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>458</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H136" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="D137" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E137" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>458</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H137" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="D138" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E138" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F138" t="s">
         <v>55</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H138" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="D139" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E139" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F139" t="s">
         <v>55</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H139" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="D140" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E140" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F140" t="s">
         <v>55</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H140" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="D141" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E141" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F141" t="s">
         <v>55</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H141" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="D142" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E142" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F142" t="s">
         <v>55</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H142" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>10</v>
+        <v>184</v>
       </c>
       <c r="D143" t="s">
-        <v>539</v>
+        <v>457</v>
       </c>
       <c r="E143" t="s">
+        <v>458</v>
+      </c>
+      <c r="F143" t="s">
+        <v>55</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="F143" t="s">
-[...2 lines deleted...]
-      <c r="G143" s="1" t="s">
+      <c r="H143" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>542</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>188</v>
+      </c>
+      <c r="D144" t="s">
+        <v>457</v>
+      </c>
+      <c r="E144" t="s">
+        <v>458</v>
+      </c>
+      <c r="F144" t="s">
+        <v>55</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="B144" t="s">
-[...14 lines deleted...]
-      <c r="G144" s="1" t="s">
+      <c r="H144" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>10</v>
       </c>
       <c r="D145" t="s">
+        <v>546</v>
+      </c>
+      <c r="E145" t="s">
         <v>547</v>
       </c>
-      <c r="E145" t="s">
+      <c r="F145" t="s">
+        <v>48</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="F145" t="s">
-[...2 lines deleted...]
-      <c r="G145" s="1" t="s">
+      <c r="H145" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>550</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>45</v>
+      </c>
+      <c r="D146" t="s">
+        <v>546</v>
+      </c>
+      <c r="E146" t="s">
+        <v>547</v>
+      </c>
+      <c r="F146" t="s">
+        <v>48</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="B146" t="s">
-[...5 lines deleted...]
-      <c r="D146" t="s">
+      <c r="H146" t="s">
         <v>552</v>
-      </c>
-[...7 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>553</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>10</v>
+      </c>
+      <c r="D147" t="s">
+        <v>554</v>
+      </c>
+      <c r="E147" t="s">
         <v>555</v>
       </c>
-      <c r="B147" t="s">
-[...5 lines deleted...]
-      <c r="D147" t="s">
+      <c r="F147" t="s">
+        <v>48</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="E147" t="s">
+      <c r="H147" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>558</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>10</v>
+      </c>
+      <c r="D148" t="s">
         <v>559</v>
       </c>
-      <c r="B148" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E148" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>560</v>
+        <v>49</v>
       </c>
       <c r="H148" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>562</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>124</v>
+        <v>71</v>
       </c>
       <c r="D149" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="E149" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="H149" t="s">
-        <v>564</v>
+        <v>73</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="D150" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="E150" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="H150" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="D151" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="E151" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>564</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H151" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="D152" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="E152" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>573</v>
       </c>
       <c r="H152" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>575</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="D153" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="E153" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="F153" t="s">
+        <v>22</v>
+      </c>
+      <c r="G153" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="G153" s="1" t="s">
+      <c r="H153" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>578</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>136</v>
+      </c>
+      <c r="D154" t="s">
+        <v>563</v>
+      </c>
+      <c r="E154" t="s">
+        <v>564</v>
+      </c>
+      <c r="F154" t="s">
         <v>579</v>
-      </c>
-[...13 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>580</v>
       </c>
       <c r="H154" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>582</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="D155" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="E155" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="F155" t="s">
-        <v>32</v>
+        <v>583</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H155" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D156" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="E156" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="F156" t="s">
-        <v>586</v>
+        <v>22</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>587</v>
       </c>
       <c r="H156" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>589</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>16</v>
+        <v>148</v>
       </c>
       <c r="D157" t="s">
+        <v>563</v>
+      </c>
+      <c r="E157" t="s">
+        <v>564</v>
+      </c>
+      <c r="F157" t="s">
+        <v>32</v>
+      </c>
+      <c r="G157" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="E157" t="s">
+      <c r="H157" t="s">
         <v>591</v>
-      </c>
-[...4 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>592</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>152</v>
+      </c>
+      <c r="D158" t="s">
+        <v>563</v>
+      </c>
+      <c r="E158" t="s">
+        <v>564</v>
+      </c>
+      <c r="F158" t="s">
+        <v>593</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="B158" t="s">
-[...14 lines deleted...]
-      <c r="G158" s="1" t="s">
+      <c r="H158" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>596</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>16</v>
+      </c>
+      <c r="D159" t="s">
         <v>597</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="E159" t="s">
+        <v>598</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H159" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>601</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>21</v>
+      </c>
+      <c r="D160" t="s">
+        <v>597</v>
+      </c>
+      <c r="E160" t="s">
+        <v>598</v>
+      </c>
+      <c r="F160" t="s">
+        <v>579</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H160" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>604</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
         <v>26</v>
       </c>
-      <c r="D159" t="s">
-[...8 lines deleted...]
-      <c r="G159" s="1" t="s">
+      <c r="D161" t="s">
+        <v>597</v>
+      </c>
+      <c r="E161" t="s">
         <v>598</v>
       </c>
-      <c r="H159" t="s">
-        <v>599</v>
+      <c r="F161" t="s">
+        <v>579</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H161" t="s">
+        <v>606</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6395,50 +6468,52 @@
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>